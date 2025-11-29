--- v0 (2025-10-18)
+++ v1 (2025-11-29)
@@ -12,74 +12,77 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1053">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1054">
   <si>
     <t>თარიღი</t>
   </si>
   <si>
     <t>G-Force სუპერი</t>
   </si>
   <si>
     <t>G-Force პრემიუმი</t>
   </si>
   <si>
     <t>G-Force ევრო რეგულარი</t>
   </si>
   <si>
     <t>ევრო რეგულარი</t>
   </si>
   <si>
     <t>G-Force ევრო დიზელი</t>
   </si>
   <si>
     <t>ევრო დიზელი</t>
   </si>
   <si>
     <t>გაზი</t>
+  </si>
+  <si>
+    <t>2025-11-29</t>
   </si>
   <si>
     <t>2025-10-11</t>
   </si>
   <si>
     <t>2025-08-04</t>
   </si>
   <si>
     <t>2025-07-21</t>
   </si>
   <si>
     <t>2025-06-24</t>
   </si>
   <si>
     <t>2025-05-20</t>
   </si>
   <si>
     <t>2025-05-03</t>
   </si>
   <si>
     <t>2025-03-25</t>
   </si>
   <si>
     <t>2025-01-20</t>
   </si>
@@ -3535,7706 +3538,7708 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1047"/>
+  <dimension ref="A1:H1048"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2">
-        <v>3.57</v>
+        <v>3.53</v>
       </c>
       <c r="C2">
-        <v>3.12</v>
+        <v>3.07</v>
       </c>
       <c r="D2">
-        <v>3.02</v>
+        <v>2.97</v>
       </c>
       <c r="E2">
-        <v>2.97</v>
+        <v>2.92</v>
       </c>
       <c r="F2">
         <v>3.13</v>
       </c>
       <c r="G2">
         <v>3.03</v>
       </c>
       <c r="H2">
         <v>1.69</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3">
         <v>3.57</v>
       </c>
       <c r="C3">
-        <v>3.17</v>
+        <v>3.12</v>
       </c>
       <c r="D3">
-        <v>3.07</v>
+        <v>3.02</v>
       </c>
       <c r="E3">
         <v>2.97</v>
       </c>
       <c r="F3">
         <v>3.13</v>
       </c>
       <c r="G3">
         <v>3.03</v>
       </c>
       <c r="H3">
         <v>1.69</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4">
-        <v>3.53</v>
+        <v>3.57</v>
       </c>
       <c r="C4">
+        <v>3.17</v>
+      </c>
+      <c r="D4">
+        <v>3.07</v>
+      </c>
+      <c r="E4">
+        <v>2.97</v>
+      </c>
+      <c r="F4">
         <v>3.13</v>
       </c>
-      <c r="D4">
+      <c r="G4">
         <v>3.03</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.99</v>
       </c>
       <c r="H4">
         <v>1.69</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5">
-        <v>3.47</v>
+        <v>3.53</v>
       </c>
       <c r="C5">
-        <v>3.07</v>
+        <v>3.13</v>
       </c>
       <c r="D5">
-        <v>2.97</v>
+        <v>3.03</v>
       </c>
       <c r="E5">
-        <v>2.87</v>
+        <v>2.93</v>
       </c>
       <c r="F5">
-        <v>3.03</v>
+        <v>3.09</v>
       </c>
       <c r="G5">
-        <v>2.93</v>
+        <v>2.99</v>
       </c>
       <c r="H5">
         <v>1.69</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6">
-        <v>3.37</v>
+        <v>3.47</v>
       </c>
       <c r="C6">
+        <v>3.07</v>
+      </c>
+      <c r="D6">
         <v>2.97</v>
       </c>
-      <c r="D6">
+      <c r="E6">
         <v>2.87</v>
       </c>
-      <c r="E6">
-[...1 lines deleted...]
-      </c>
       <c r="F6">
+        <v>3.03</v>
+      </c>
+      <c r="G6">
         <v>2.93</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.83</v>
       </c>
       <c r="H6">
         <v>1.69</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7">
-        <v>3.43</v>
+        <v>3.37</v>
       </c>
       <c r="C7">
-        <v>3.03</v>
+        <v>2.97</v>
       </c>
       <c r="D7">
+        <v>2.87</v>
+      </c>
+      <c r="E7">
+        <v>2.77</v>
+      </c>
+      <c r="F7">
         <v>2.93</v>
       </c>
-      <c r="E7">
+      <c r="G7">
         <v>2.83</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.89</v>
       </c>
       <c r="H7">
         <v>1.69</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>14</v>
       </c>
       <c r="B8">
-        <v>3.53</v>
+        <v>3.43</v>
       </c>
       <c r="C8">
-        <v>3.13</v>
+        <v>3.03</v>
       </c>
       <c r="D8">
-        <v>3.03</v>
+        <v>2.93</v>
       </c>
       <c r="E8">
-        <v>2.93</v>
+        <v>2.83</v>
       </c>
       <c r="F8">
-        <v>3.09</v>
+        <v>2.99</v>
       </c>
       <c r="G8">
-        <v>2.99</v>
+        <v>2.89</v>
       </c>
       <c r="H8">
         <v>1.69</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9">
-        <v>3.63</v>
+        <v>3.53</v>
       </c>
       <c r="C9">
-        <v>3.23</v>
+        <v>3.13</v>
       </c>
       <c r="D9">
-        <v>3.13</v>
+        <v>3.03</v>
       </c>
       <c r="E9">
-        <v>3.03</v>
+        <v>2.93</v>
       </c>
       <c r="F9">
-        <v>3.19</v>
+        <v>3.09</v>
       </c>
       <c r="G9">
-        <v>3.09</v>
+        <v>2.99</v>
       </c>
       <c r="H9">
         <v>1.69</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10">
-        <v>3.55</v>
+        <v>3.63</v>
       </c>
       <c r="C10">
-        <v>3.15</v>
+        <v>3.23</v>
       </c>
       <c r="D10">
-        <v>3.05</v>
+        <v>3.13</v>
       </c>
       <c r="E10">
-        <v>2.95</v>
+        <v>3.03</v>
       </c>
       <c r="F10">
-        <v>3.13</v>
+        <v>3.19</v>
       </c>
       <c r="G10">
-        <v>3.03</v>
+        <v>3.09</v>
       </c>
       <c r="H10">
         <v>1.69</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>17</v>
       </c>
       <c r="B11">
-        <v>3.49</v>
+        <v>3.55</v>
       </c>
       <c r="C11">
-        <v>3.09</v>
+        <v>3.15</v>
       </c>
       <c r="D11">
-        <v>2.99</v>
+        <v>3.05</v>
       </c>
       <c r="E11">
-        <v>2.89</v>
+        <v>2.95</v>
       </c>
       <c r="F11">
-        <v>3.07</v>
+        <v>3.13</v>
       </c>
       <c r="G11">
-        <v>2.97</v>
+        <v>3.03</v>
       </c>
       <c r="H11">
         <v>1.69</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12">
-        <v>3.69</v>
+        <v>3.49</v>
       </c>
       <c r="C12">
-        <v>3.29</v>
+        <v>3.09</v>
       </c>
       <c r="D12">
-        <v>3.19</v>
+        <v>2.99</v>
       </c>
       <c r="E12">
-        <v>3.09</v>
+        <v>2.89</v>
       </c>
       <c r="F12">
-        <v>3.33</v>
+        <v>3.07</v>
       </c>
       <c r="G12">
-        <v>3.23</v>
+        <v>2.97</v>
       </c>
       <c r="H12">
         <v>1.69</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13">
-        <v>3.71</v>
+        <v>3.69</v>
       </c>
       <c r="C13">
-        <v>3.31</v>
+        <v>3.29</v>
       </c>
       <c r="D13">
-        <v>3.21</v>
+        <v>3.19</v>
       </c>
       <c r="E13">
-        <v>3.11</v>
+        <v>3.09</v>
       </c>
       <c r="F13">
         <v>3.33</v>
       </c>
       <c r="G13">
         <v>3.23</v>
       </c>
       <c r="H13">
         <v>1.69</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14">
-        <v>3.77</v>
+        <v>3.71</v>
       </c>
       <c r="C14">
-        <v>3.37</v>
+        <v>3.31</v>
       </c>
       <c r="D14">
-        <v>3.27</v>
+        <v>3.21</v>
       </c>
       <c r="E14">
-        <v>3.17</v>
+        <v>3.11</v>
       </c>
       <c r="F14">
-        <v>3.39</v>
+        <v>3.33</v>
       </c>
       <c r="G14">
-        <v>3.29</v>
+        <v>3.23</v>
       </c>
       <c r="H14">
         <v>1.69</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15">
-        <v>3.75</v>
+        <v>3.77</v>
       </c>
       <c r="C15">
-        <v>3.33</v>
+        <v>3.37</v>
       </c>
       <c r="D15">
-        <v>3.23</v>
+        <v>3.27</v>
       </c>
       <c r="E15">
-        <v>3.13</v>
+        <v>3.17</v>
       </c>
       <c r="F15">
         <v>3.39</v>
       </c>
       <c r="G15">
         <v>3.29</v>
       </c>
       <c r="H15">
         <v>1.69</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>22</v>
       </c>
       <c r="B16">
         <v>3.75</v>
       </c>
       <c r="C16">
-        <v>3.29</v>
+        <v>3.33</v>
       </c>
       <c r="D16">
-        <v>3.19</v>
+        <v>3.23</v>
       </c>
       <c r="E16">
-        <v>3.09</v>
+        <v>3.13</v>
       </c>
       <c r="F16">
         <v>3.39</v>
       </c>
       <c r="G16">
         <v>3.29</v>
       </c>
       <c r="H16">
         <v>1.69</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17">
-        <v>3.73</v>
+        <v>3.75</v>
       </c>
       <c r="C17">
-        <v>3.27</v>
+        <v>3.29</v>
       </c>
       <c r="D17">
-        <v>3.17</v>
+        <v>3.19</v>
       </c>
       <c r="E17">
-        <v>3.07</v>
+        <v>3.09</v>
       </c>
       <c r="F17">
         <v>3.39</v>
       </c>
       <c r="G17">
         <v>3.29</v>
       </c>
       <c r="H17">
         <v>1.69</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>24</v>
       </c>
       <c r="B18">
-        <v>3.69</v>
+        <v>3.73</v>
       </c>
       <c r="C18">
-        <v>3.23</v>
+        <v>3.27</v>
       </c>
       <c r="D18">
-        <v>3.13</v>
+        <v>3.17</v>
       </c>
       <c r="E18">
-        <v>3.03</v>
+        <v>3.07</v>
       </c>
       <c r="F18">
-        <v>3.35</v>
+        <v>3.39</v>
       </c>
       <c r="G18">
-        <v>3.25</v>
+        <v>3.29</v>
       </c>
       <c r="H18">
         <v>1.69</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>25</v>
       </c>
       <c r="B19">
         <v>3.69</v>
       </c>
       <c r="C19">
-        <v>3.19</v>
+        <v>3.23</v>
       </c>
       <c r="D19">
-        <v>3.09</v>
+        <v>3.13</v>
       </c>
       <c r="E19">
-        <v>2.99</v>
+        <v>3.03</v>
       </c>
       <c r="F19">
         <v>3.35</v>
       </c>
       <c r="G19">
         <v>3.25</v>
       </c>
       <c r="H19">
         <v>1.69</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>26</v>
       </c>
       <c r="B20">
-        <v>3.65</v>
+        <v>3.69</v>
       </c>
       <c r="C20">
-        <v>3.15</v>
+        <v>3.19</v>
       </c>
       <c r="D20">
-        <v>3.05</v>
+        <v>3.09</v>
       </c>
       <c r="E20">
-        <v>2.95</v>
+        <v>2.99</v>
       </c>
       <c r="F20">
         <v>3.35</v>
       </c>
       <c r="G20">
         <v>3.25</v>
       </c>
       <c r="H20">
         <v>1.69</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>27</v>
       </c>
       <c r="B21">
         <v>3.65</v>
       </c>
       <c r="C21">
-        <v>3.19</v>
+        <v>3.15</v>
       </c>
       <c r="D21">
-        <v>3.09</v>
+        <v>3.05</v>
       </c>
       <c r="E21">
-        <v>2.99</v>
+        <v>2.95</v>
       </c>
       <c r="F21">
-        <v>3.39</v>
+        <v>3.35</v>
       </c>
       <c r="G21">
-        <v>3.29</v>
+        <v>3.25</v>
       </c>
       <c r="H21">
         <v>1.69</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>28</v>
       </c>
       <c r="B22">
-        <v>3.69</v>
+        <v>3.65</v>
       </c>
       <c r="C22">
-        <v>3.27</v>
+        <v>3.19</v>
       </c>
       <c r="D22">
-        <v>3.19</v>
+        <v>3.09</v>
       </c>
       <c r="E22">
-        <v>3.09</v>
+        <v>2.99</v>
       </c>
       <c r="F22">
-        <v>3.45</v>
+        <v>3.39</v>
       </c>
       <c r="G22">
-        <v>3.35</v>
+        <v>3.29</v>
       </c>
       <c r="H22">
         <v>1.69</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>29</v>
       </c>
       <c r="B23">
-        <v>3.74</v>
+        <v>3.69</v>
       </c>
       <c r="C23">
-        <v>3.32</v>
+        <v>3.27</v>
       </c>
       <c r="D23">
-        <v>3.24</v>
+        <v>3.19</v>
       </c>
       <c r="E23">
-        <v>3.14</v>
+        <v>3.09</v>
       </c>
       <c r="F23">
-        <v>3.5</v>
+        <v>3.45</v>
       </c>
       <c r="G23">
-        <v>3.4</v>
+        <v>3.35</v>
       </c>
       <c r="H23">
         <v>1.69</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>30</v>
       </c>
       <c r="B24">
-        <v>3.79</v>
+        <v>3.74</v>
       </c>
       <c r="C24">
-        <v>3.37</v>
+        <v>3.32</v>
       </c>
       <c r="D24">
-        <v>3.29</v>
+        <v>3.24</v>
       </c>
       <c r="E24">
-        <v>3.19</v>
+        <v>3.14</v>
       </c>
       <c r="F24">
-        <v>3.55</v>
+        <v>3.5</v>
       </c>
       <c r="G24">
-        <v>3.45</v>
+        <v>3.4</v>
       </c>
       <c r="H24">
         <v>1.69</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>31</v>
       </c>
       <c r="B25">
         <v>3.79</v>
       </c>
       <c r="C25">
         <v>3.37</v>
       </c>
       <c r="D25">
-        <v>3.27</v>
+        <v>3.29</v>
       </c>
       <c r="E25">
-        <v>3.17</v>
+        <v>3.19</v>
       </c>
       <c r="F25">
         <v>3.55</v>
       </c>
       <c r="G25">
         <v>3.45</v>
       </c>
       <c r="H25">
         <v>1.69</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>32</v>
       </c>
       <c r="B26">
         <v>3.79</v>
       </c>
       <c r="C26">
         <v>3.37</v>
       </c>
       <c r="D26">
-        <v>3.23</v>
+        <v>3.27</v>
       </c>
       <c r="E26">
-        <v>3.13</v>
+        <v>3.17</v>
       </c>
       <c r="F26">
         <v>3.55</v>
       </c>
       <c r="G26">
         <v>3.45</v>
       </c>
       <c r="H26">
         <v>1.69</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>33</v>
       </c>
       <c r="B27">
         <v>3.79</v>
       </c>
       <c r="C27">
         <v>3.37</v>
       </c>
       <c r="D27">
         <v>3.23</v>
       </c>
       <c r="E27">
         <v>3.13</v>
       </c>
       <c r="F27">
-        <v>3.5</v>
+        <v>3.55</v>
       </c>
       <c r="G27">
-        <v>3.4</v>
+        <v>3.45</v>
       </c>
       <c r="H27">
         <v>1.69</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>34</v>
       </c>
       <c r="B28">
         <v>3.79</v>
       </c>
       <c r="C28">
         <v>3.37</v>
       </c>
       <c r="D28">
-        <v>3.17</v>
+        <v>3.23</v>
       </c>
       <c r="E28">
-        <v>3.07</v>
+        <v>3.13</v>
       </c>
       <c r="F28">
         <v>3.5</v>
       </c>
       <c r="G28">
         <v>3.4</v>
       </c>
       <c r="H28">
         <v>1.69</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>35</v>
       </c>
       <c r="B29">
         <v>3.79</v>
       </c>
       <c r="C29">
         <v>3.37</v>
       </c>
       <c r="D29">
         <v>3.17</v>
       </c>
       <c r="E29">
         <v>3.07</v>
       </c>
       <c r="F29">
-        <v>3.45</v>
+        <v>3.5</v>
       </c>
       <c r="G29">
-        <v>3.35</v>
+        <v>3.4</v>
       </c>
       <c r="H29">
         <v>1.69</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>36</v>
       </c>
       <c r="B30">
         <v>3.79</v>
       </c>
       <c r="C30">
-        <v>3.27</v>
+        <v>3.37</v>
       </c>
       <c r="D30">
+        <v>3.17</v>
+      </c>
+      <c r="E30">
         <v>3.07</v>
       </c>
-      <c r="E30">
-[...1 lines deleted...]
-      </c>
       <c r="F30">
+        <v>3.45</v>
+      </c>
+      <c r="G30">
         <v>3.35</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.25</v>
       </c>
       <c r="H30">
         <v>1.69</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>37</v>
       </c>
       <c r="B31">
         <v>3.79</v>
       </c>
       <c r="C31">
-        <v>3.19</v>
+        <v>3.27</v>
       </c>
       <c r="D31">
-        <v>2.99</v>
+        <v>3.07</v>
       </c>
       <c r="E31">
-        <v>2.89</v>
+        <v>2.97</v>
       </c>
       <c r="F31">
+        <v>3.35</v>
+      </c>
+      <c r="G31">
         <v>3.25</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.15</v>
       </c>
       <c r="H31">
         <v>1.69</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>38</v>
       </c>
       <c r="B32">
-        <v>3.69</v>
+        <v>3.79</v>
       </c>
       <c r="C32">
-        <v>3.09</v>
+        <v>3.19</v>
       </c>
       <c r="D32">
+        <v>2.99</v>
+      </c>
+      <c r="E32">
         <v>2.89</v>
       </c>
-      <c r="E32">
-[...1 lines deleted...]
-      </c>
       <c r="F32">
+        <v>3.25</v>
+      </c>
+      <c r="G32">
         <v>3.15</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.05</v>
       </c>
       <c r="H32">
         <v>1.69</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>39</v>
       </c>
       <c r="B33">
-        <v>3.65</v>
+        <v>3.69</v>
       </c>
       <c r="C33">
-        <v>2.99</v>
+        <v>3.09</v>
       </c>
       <c r="D33">
+        <v>2.89</v>
+      </c>
+      <c r="E33">
         <v>2.79</v>
       </c>
-      <c r="E33">
-[...1 lines deleted...]
-      </c>
       <c r="F33">
+        <v>3.15</v>
+      </c>
+      <c r="G33">
         <v>3.05</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.95</v>
       </c>
       <c r="H33">
         <v>1.69</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>40</v>
       </c>
       <c r="B34">
         <v>3.65</v>
       </c>
       <c r="C34">
         <v>2.99</v>
       </c>
       <c r="D34">
         <v>2.79</v>
       </c>
       <c r="E34">
         <v>2.69</v>
       </c>
       <c r="F34">
-        <v>2.99</v>
+        <v>3.05</v>
       </c>
       <c r="G34">
-        <v>2.89</v>
+        <v>2.95</v>
       </c>
       <c r="H34">
         <v>1.69</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>41</v>
       </c>
       <c r="B35">
         <v>3.65</v>
       </c>
       <c r="C35">
-        <v>2.95</v>
+        <v>2.99</v>
       </c>
       <c r="D35">
-        <v>2.75</v>
+        <v>2.79</v>
       </c>
       <c r="E35">
-        <v>2.65</v>
+        <v>2.69</v>
       </c>
       <c r="F35">
         <v>2.99</v>
       </c>
       <c r="G35">
         <v>2.89</v>
       </c>
       <c r="H35">
         <v>1.69</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>42</v>
       </c>
       <c r="B36">
         <v>3.65</v>
       </c>
       <c r="C36">
-        <v>2.89</v>
+        <v>2.95</v>
       </c>
       <c r="D36">
-        <v>2.69</v>
+        <v>2.75</v>
       </c>
       <c r="E36">
-        <v>2.59</v>
+        <v>2.65</v>
       </c>
       <c r="F36">
         <v>2.99</v>
       </c>
       <c r="G36">
         <v>2.89</v>
       </c>
       <c r="H36">
         <v>1.69</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>43</v>
       </c>
       <c r="B37">
         <v>3.65</v>
       </c>
       <c r="C37">
-        <v>2.83</v>
+        <v>2.89</v>
       </c>
       <c r="D37">
-        <v>2.63</v>
+        <v>2.69</v>
       </c>
       <c r="E37">
-        <v>2.53</v>
+        <v>2.59</v>
       </c>
       <c r="F37">
         <v>2.99</v>
       </c>
       <c r="G37">
         <v>2.89</v>
       </c>
       <c r="H37">
         <v>1.69</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>44</v>
       </c>
       <c r="B38">
-        <v>3.57</v>
+        <v>3.65</v>
       </c>
       <c r="C38">
-        <v>2.77</v>
+        <v>2.83</v>
       </c>
       <c r="D38">
+        <v>2.63</v>
+      </c>
+      <c r="E38">
         <v>2.53</v>
       </c>
-      <c r="E38">
-[...1 lines deleted...]
-      </c>
       <c r="F38">
-        <v>3.09</v>
+        <v>2.99</v>
       </c>
       <c r="G38">
-        <v>2.99</v>
+        <v>2.89</v>
       </c>
       <c r="H38">
         <v>1.69</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>45</v>
       </c>
       <c r="B39">
-        <v>3.51</v>
+        <v>3.57</v>
       </c>
       <c r="C39">
-        <v>2.71</v>
+        <v>2.77</v>
       </c>
       <c r="D39">
-        <v>2.47</v>
+        <v>2.53</v>
       </c>
       <c r="E39">
-        <v>2.37</v>
+        <v>2.43</v>
       </c>
       <c r="F39">
         <v>3.09</v>
       </c>
       <c r="G39">
         <v>2.99</v>
       </c>
       <c r="H39">
         <v>1.69</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>46</v>
       </c>
       <c r="B40">
         <v>3.51</v>
       </c>
       <c r="C40">
         <v>2.71</v>
       </c>
       <c r="D40">
         <v>2.47</v>
       </c>
       <c r="E40">
         <v>2.37</v>
       </c>
       <c r="F40">
-        <v>3.19</v>
+        <v>3.09</v>
       </c>
       <c r="G40">
-        <v>3.09</v>
+        <v>2.99</v>
       </c>
       <c r="H40">
         <v>1.69</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>47</v>
       </c>
       <c r="B41">
-        <v>3.45</v>
+        <v>3.51</v>
       </c>
       <c r="C41">
-        <v>2.65</v>
+        <v>2.71</v>
       </c>
       <c r="D41">
-        <v>2.41</v>
+        <v>2.47</v>
       </c>
       <c r="E41">
-        <v>2.31</v>
+        <v>2.37</v>
       </c>
       <c r="F41">
         <v>3.19</v>
       </c>
       <c r="G41">
         <v>3.09</v>
       </c>
       <c r="H41">
         <v>1.69</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>48</v>
       </c>
       <c r="B42">
-        <v>3.39</v>
+        <v>3.45</v>
       </c>
       <c r="C42">
-        <v>2.59</v>
+        <v>2.65</v>
       </c>
       <c r="D42">
-        <v>2.35</v>
+        <v>2.41</v>
       </c>
       <c r="E42">
-        <v>2.25</v>
+        <v>2.31</v>
       </c>
       <c r="F42">
         <v>3.19</v>
       </c>
       <c r="G42">
         <v>3.09</v>
       </c>
       <c r="H42">
         <v>1.69</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>49</v>
       </c>
       <c r="B43">
         <v>3.39</v>
       </c>
       <c r="C43">
         <v>2.59</v>
       </c>
       <c r="D43">
         <v>2.35</v>
       </c>
       <c r="E43">
         <v>2.25</v>
       </c>
       <c r="F43">
-        <v>3.29</v>
+        <v>3.19</v>
       </c>
       <c r="G43">
-        <v>3.19</v>
+        <v>3.09</v>
       </c>
       <c r="H43">
         <v>1.69</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>50</v>
       </c>
       <c r="B44">
         <v>3.39</v>
       </c>
       <c r="C44">
         <v>2.59</v>
       </c>
       <c r="D44">
         <v>2.35</v>
       </c>
       <c r="E44">
         <v>2.25</v>
       </c>
       <c r="F44">
-        <v>3.37</v>
+        <v>3.29</v>
       </c>
       <c r="G44">
-        <v>3.27</v>
+        <v>3.19</v>
       </c>
       <c r="H44">
         <v>1.69</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>51</v>
       </c>
       <c r="B45">
         <v>3.39</v>
       </c>
       <c r="C45">
         <v>2.59</v>
       </c>
       <c r="D45">
         <v>2.35</v>
       </c>
       <c r="E45">
         <v>2.25</v>
       </c>
       <c r="F45">
-        <v>3.43</v>
+        <v>3.37</v>
       </c>
       <c r="G45">
-        <v>3.33</v>
+        <v>3.27</v>
       </c>
       <c r="H45">
         <v>1.69</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>52</v>
       </c>
       <c r="B46">
         <v>3.39</v>
       </c>
       <c r="C46">
         <v>2.59</v>
       </c>
       <c r="D46">
         <v>2.35</v>
       </c>
       <c r="E46">
         <v>2.25</v>
       </c>
       <c r="F46">
-        <v>3.49</v>
+        <v>3.43</v>
       </c>
       <c r="G46">
-        <v>3.39</v>
+        <v>3.33</v>
       </c>
       <c r="H46">
         <v>1.69</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>53</v>
       </c>
       <c r="B47">
         <v>3.39</v>
       </c>
       <c r="C47">
         <v>2.59</v>
       </c>
       <c r="D47">
         <v>2.35</v>
       </c>
       <c r="E47">
         <v>2.25</v>
       </c>
       <c r="F47">
-        <v>3.55</v>
+        <v>3.49</v>
       </c>
       <c r="G47">
-        <v>3.45</v>
+        <v>3.39</v>
       </c>
       <c r="H47">
         <v>1.69</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>54</v>
       </c>
       <c r="B48">
+        <v>3.39</v>
+      </c>
+      <c r="C48">
+        <v>2.59</v>
+      </c>
+      <c r="D48">
+        <v>2.35</v>
+      </c>
+      <c r="E48">
+        <v>2.25</v>
+      </c>
+      <c r="F48">
+        <v>3.55</v>
+      </c>
+      <c r="G48">
         <v>3.45</v>
-      </c>
-[...13 lines deleted...]
-        <v>3.49</v>
       </c>
       <c r="H48">
         <v>1.69</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>55</v>
       </c>
       <c r="B49">
-        <v>3.55</v>
+        <v>3.45</v>
       </c>
       <c r="C49">
-        <v>2.75</v>
+        <v>2.65</v>
       </c>
       <c r="D49">
-        <v>2.49</v>
+        <v>2.39</v>
       </c>
       <c r="E49">
-        <v>2.39</v>
+        <v>2.29</v>
       </c>
       <c r="F49">
-        <v>3.63</v>
+        <v>3.59</v>
       </c>
       <c r="G49">
-        <v>3.53</v>
+        <v>3.49</v>
       </c>
       <c r="H49">
         <v>1.69</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>56</v>
       </c>
       <c r="B50">
-        <v>3.59</v>
+        <v>3.55</v>
       </c>
       <c r="C50">
-        <v>2.79</v>
+        <v>2.75</v>
       </c>
       <c r="D50">
-        <v>2.59</v>
+        <v>2.49</v>
       </c>
       <c r="E50">
-        <v>2.49</v>
+        <v>2.39</v>
       </c>
       <c r="F50">
-        <v>3.69</v>
+        <v>3.63</v>
       </c>
       <c r="G50">
-        <v>3.59</v>
+        <v>3.53</v>
       </c>
       <c r="H50">
         <v>1.69</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>57</v>
       </c>
       <c r="B51">
         <v>3.59</v>
       </c>
       <c r="C51">
-        <v>2.89</v>
+        <v>2.79</v>
       </c>
       <c r="D51">
-        <v>2.69</v>
+        <v>2.59</v>
       </c>
       <c r="E51">
-        <v>2.59</v>
+        <v>2.49</v>
       </c>
       <c r="F51">
-        <v>3.79</v>
+        <v>3.69</v>
       </c>
       <c r="G51">
-        <v>3.69</v>
+        <v>3.59</v>
       </c>
       <c r="H51">
         <v>1.69</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>58</v>
       </c>
       <c r="B52">
         <v>3.59</v>
       </c>
       <c r="C52">
-        <v>2.99</v>
+        <v>2.89</v>
       </c>
       <c r="D52">
-        <v>2.79</v>
+        <v>2.69</v>
       </c>
       <c r="E52">
-        <v>2.69</v>
+        <v>2.59</v>
       </c>
       <c r="F52">
         <v>3.79</v>
       </c>
       <c r="G52">
         <v>3.69</v>
       </c>
       <c r="H52">
         <v>1.69</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>59</v>
       </c>
       <c r="B53">
+        <v>3.59</v>
+      </c>
+      <c r="C53">
+        <v>2.99</v>
+      </c>
+      <c r="D53">
+        <v>2.79</v>
+      </c>
+      <c r="E53">
+        <v>2.69</v>
+      </c>
+      <c r="F53">
+        <v>3.79</v>
+      </c>
+      <c r="G53">
         <v>3.69</v>
-      </c>
-[...13 lines deleted...]
-        <v>3.79</v>
       </c>
       <c r="H53">
         <v>1.69</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>60</v>
       </c>
       <c r="B54">
         <v>3.69</v>
       </c>
       <c r="C54">
-        <v>3.19</v>
+        <v>3.09</v>
       </c>
       <c r="D54">
-        <v>2.99</v>
+        <v>2.89</v>
       </c>
       <c r="E54">
-        <v>2.89</v>
+        <v>2.79</v>
       </c>
       <c r="F54">
-        <v>3.94</v>
+        <v>3.89</v>
       </c>
       <c r="G54">
-        <v>3.84</v>
+        <v>3.79</v>
       </c>
       <c r="H54">
         <v>1.69</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>61</v>
       </c>
       <c r="B55">
         <v>3.69</v>
       </c>
       <c r="C55">
-        <v>3.29</v>
+        <v>3.19</v>
       </c>
       <c r="D55">
-        <v>3.14</v>
+        <v>2.99</v>
       </c>
       <c r="E55">
-        <v>2.99</v>
+        <v>2.89</v>
       </c>
       <c r="F55">
-        <v>3.99</v>
+        <v>3.94</v>
       </c>
       <c r="G55">
-        <v>3.89</v>
+        <v>3.84</v>
       </c>
       <c r="H55">
         <v>1.69</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>62</v>
       </c>
       <c r="B56">
         <v>3.69</v>
       </c>
       <c r="C56">
         <v>3.29</v>
       </c>
       <c r="D56">
         <v>3.14</v>
       </c>
       <c r="E56">
         <v>2.99</v>
       </c>
       <c r="F56">
-        <v>4.09</v>
+        <v>3.99</v>
       </c>
       <c r="G56">
-        <v>3.99</v>
+        <v>3.89</v>
       </c>
       <c r="H56">
         <v>1.69</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>63</v>
       </c>
       <c r="B57">
-        <v>3.74</v>
+        <v>3.69</v>
       </c>
       <c r="C57">
-        <v>3.34</v>
+        <v>3.29</v>
       </c>
       <c r="D57">
-        <v>3.19</v>
+        <v>3.14</v>
       </c>
       <c r="E57">
-        <v>3.04</v>
+        <v>2.99</v>
       </c>
       <c r="F57">
         <v>4.09</v>
       </c>
       <c r="G57">
         <v>3.99</v>
       </c>
       <c r="H57">
         <v>1.69</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>64</v>
       </c>
       <c r="B58">
-        <v>3.79</v>
+        <v>3.74</v>
       </c>
       <c r="C58">
-        <v>3.39</v>
+        <v>3.34</v>
       </c>
       <c r="D58">
-        <v>3.24</v>
+        <v>3.19</v>
       </c>
       <c r="E58">
-        <v>3.09</v>
+        <v>3.04</v>
       </c>
       <c r="F58">
         <v>4.09</v>
       </c>
       <c r="G58">
         <v>3.99</v>
       </c>
       <c r="H58">
         <v>1.69</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>65</v>
       </c>
       <c r="B59">
-        <v>3.84</v>
+        <v>3.79</v>
       </c>
       <c r="C59">
-        <v>3.44</v>
+        <v>3.39</v>
       </c>
       <c r="D59">
-        <v>3.29</v>
+        <v>3.24</v>
       </c>
       <c r="E59">
-        <v>3.14</v>
+        <v>3.09</v>
       </c>
       <c r="F59">
         <v>4.09</v>
       </c>
       <c r="G59">
         <v>3.99</v>
       </c>
       <c r="H59">
         <v>1.69</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>66</v>
       </c>
       <c r="B60">
         <v>3.84</v>
       </c>
       <c r="C60">
-        <v>3.54</v>
+        <v>3.44</v>
       </c>
       <c r="D60">
-        <v>3.34</v>
+        <v>3.29</v>
       </c>
       <c r="E60">
         <v>3.14</v>
       </c>
       <c r="F60">
         <v>4.09</v>
       </c>
       <c r="G60">
         <v>3.99</v>
       </c>
       <c r="H60">
         <v>1.69</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>67</v>
       </c>
       <c r="B61">
-        <v>3.89</v>
+        <v>3.84</v>
       </c>
       <c r="C61">
-        <v>3.59</v>
+        <v>3.54</v>
       </c>
       <c r="D61">
-        <v>3.39</v>
+        <v>3.34</v>
       </c>
       <c r="E61">
-        <v>3.19</v>
+        <v>3.14</v>
       </c>
       <c r="F61">
         <v>4.09</v>
       </c>
       <c r="G61">
         <v>3.99</v>
       </c>
       <c r="H61">
         <v>1.69</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>68</v>
       </c>
       <c r="B62">
         <v>3.89</v>
       </c>
       <c r="C62">
         <v>3.59</v>
       </c>
       <c r="D62">
         <v>3.39</v>
       </c>
       <c r="E62">
         <v>3.19</v>
       </c>
       <c r="F62">
-        <v>4.17</v>
+        <v>4.09</v>
       </c>
       <c r="G62">
-        <v>4.07</v>
+        <v>3.99</v>
       </c>
       <c r="H62">
         <v>1.69</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>69</v>
       </c>
       <c r="B63">
-        <v>3.99</v>
+        <v>3.89</v>
       </c>
       <c r="C63">
-        <v>3.69</v>
+        <v>3.59</v>
       </c>
       <c r="D63">
-        <v>3.49</v>
+        <v>3.39</v>
       </c>
       <c r="E63">
-        <v>3.29</v>
+        <v>3.19</v>
       </c>
       <c r="F63">
         <v>4.17</v>
       </c>
       <c r="G63">
         <v>4.07</v>
       </c>
       <c r="H63">
         <v>1.69</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>70</v>
       </c>
       <c r="B64">
         <v>3.99</v>
       </c>
       <c r="C64">
         <v>3.69</v>
       </c>
       <c r="D64">
         <v>3.49</v>
       </c>
       <c r="E64">
         <v>3.29</v>
       </c>
       <c r="F64">
-        <v>4.27</v>
+        <v>4.17</v>
       </c>
       <c r="G64">
-        <v>4.17</v>
+        <v>4.07</v>
       </c>
       <c r="H64">
         <v>1.69</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>71</v>
       </c>
       <c r="B65">
-        <v>4.09</v>
+        <v>3.99</v>
       </c>
       <c r="C65">
-        <v>3.79</v>
+        <v>3.69</v>
       </c>
       <c r="D65">
-        <v>3.59</v>
+        <v>3.49</v>
       </c>
       <c r="E65">
-        <v>3.39</v>
+        <v>3.29</v>
       </c>
       <c r="F65">
-        <v>4.37</v>
+        <v>4.27</v>
       </c>
       <c r="G65">
-        <v>4.27</v>
+        <v>4.17</v>
       </c>
       <c r="H65">
         <v>1.69</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>72</v>
       </c>
       <c r="B66">
-        <v>4.19</v>
+        <v>4.09</v>
       </c>
       <c r="C66">
-        <v>3.89</v>
+        <v>3.79</v>
       </c>
       <c r="D66">
-        <v>3.69</v>
+        <v>3.59</v>
       </c>
       <c r="E66">
-        <v>3.49</v>
+        <v>3.39</v>
       </c>
       <c r="F66">
-        <v>4.47</v>
+        <v>4.37</v>
       </c>
       <c r="G66">
-        <v>4.37</v>
+        <v>4.27</v>
       </c>
       <c r="H66">
         <v>1.69</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>73</v>
       </c>
       <c r="B67">
-        <v>4.29</v>
+        <v>4.19</v>
       </c>
       <c r="C67">
-        <v>3.99</v>
+        <v>3.89</v>
       </c>
       <c r="D67">
-        <v>3.79</v>
+        <v>3.69</v>
       </c>
       <c r="E67">
-        <v>3.59</v>
+        <v>3.49</v>
       </c>
       <c r="F67">
-        <v>4.57</v>
+        <v>4.47</v>
       </c>
       <c r="G67">
-        <v>4.47</v>
+        <v>4.37</v>
       </c>
       <c r="H67">
         <v>1.69</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>74</v>
       </c>
       <c r="B68">
         <v>4.29</v>
       </c>
       <c r="C68">
         <v>3.99</v>
       </c>
       <c r="D68">
         <v>3.79</v>
       </c>
       <c r="E68">
         <v>3.59</v>
       </c>
       <c r="F68">
-        <v>4.77</v>
+        <v>4.57</v>
       </c>
       <c r="G68">
-        <v>4.67</v>
+        <v>4.47</v>
       </c>
       <c r="H68">
         <v>1.69</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>75</v>
       </c>
       <c r="B69">
-        <v>4.19</v>
+        <v>4.29</v>
       </c>
       <c r="C69">
         <v>3.99</v>
       </c>
       <c r="D69">
         <v>3.79</v>
       </c>
       <c r="E69">
         <v>3.59</v>
       </c>
       <c r="F69">
         <v>4.77</v>
       </c>
       <c r="G69">
         <v>4.67</v>
       </c>
       <c r="H69">
         <v>1.69</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>76</v>
       </c>
       <c r="B70">
         <v>4.19</v>
       </c>
       <c r="C70">
         <v>3.99</v>
       </c>
       <c r="D70">
         <v>3.79</v>
       </c>
       <c r="E70">
         <v>3.59</v>
       </c>
       <c r="F70">
-        <v>4.72</v>
+        <v>4.77</v>
       </c>
       <c r="G70">
-        <v>4.62</v>
+        <v>4.67</v>
       </c>
       <c r="H70">
         <v>1.69</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>77</v>
       </c>
       <c r="B71">
-        <v>4.15</v>
+        <v>4.19</v>
       </c>
       <c r="C71">
-        <v>3.89</v>
+        <v>3.99</v>
       </c>
       <c r="D71">
-        <v>3.69</v>
+        <v>3.79</v>
       </c>
       <c r="E71">
-        <v>3.49</v>
+        <v>3.59</v>
       </c>
       <c r="F71">
-        <v>4.65</v>
+        <v>4.72</v>
       </c>
       <c r="G71">
-        <v>4.55</v>
+        <v>4.62</v>
       </c>
       <c r="H71">
         <v>1.69</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>78</v>
       </c>
       <c r="B72">
-        <v>4.09</v>
+        <v>4.15</v>
       </c>
       <c r="C72">
         <v>3.89</v>
       </c>
       <c r="D72">
         <v>3.69</v>
       </c>
       <c r="E72">
         <v>3.49</v>
       </c>
       <c r="F72">
         <v>4.65</v>
       </c>
       <c r="G72">
         <v>4.55</v>
       </c>
       <c r="H72">
         <v>1.69</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>79</v>
       </c>
       <c r="B73">
         <v>4.09</v>
       </c>
       <c r="C73">
         <v>3.89</v>
       </c>
       <c r="D73">
         <v>3.69</v>
       </c>
       <c r="E73">
         <v>3.49</v>
       </c>
       <c r="F73">
+        <v>4.65</v>
+      </c>
+      <c r="G73">
         <v>4.55</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.45</v>
       </c>
       <c r="H73">
         <v>1.69</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>80</v>
       </c>
       <c r="B74">
         <v>4.09</v>
       </c>
       <c r="C74">
         <v>3.89</v>
       </c>
       <c r="D74">
         <v>3.69</v>
       </c>
       <c r="E74">
         <v>3.49</v>
       </c>
       <c r="F74">
+        <v>4.55</v>
+      </c>
+      <c r="G74">
         <v>4.45</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.35</v>
       </c>
       <c r="H74">
         <v>1.69</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>81</v>
       </c>
       <c r="B75">
         <v>4.09</v>
       </c>
       <c r="C75">
         <v>3.89</v>
       </c>
       <c r="D75">
         <v>3.69</v>
       </c>
       <c r="E75">
         <v>3.49</v>
       </c>
       <c r="F75">
+        <v>4.45</v>
+      </c>
+      <c r="G75">
         <v>4.35</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.25</v>
       </c>
       <c r="H75">
         <v>1.69</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>82</v>
       </c>
       <c r="B76">
         <v>4.09</v>
       </c>
       <c r="C76">
         <v>3.89</v>
       </c>
       <c r="D76">
         <v>3.69</v>
       </c>
       <c r="E76">
         <v>3.49</v>
       </c>
       <c r="F76">
-        <v>4.29</v>
+        <v>4.35</v>
       </c>
       <c r="G76">
-        <v>4.19</v>
+        <v>4.25</v>
       </c>
       <c r="H76">
         <v>1.69</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>83</v>
       </c>
       <c r="B77">
-        <v>3.83</v>
+        <v>4.09</v>
       </c>
       <c r="C77">
-        <v>3.63</v>
+        <v>3.89</v>
       </c>
       <c r="D77">
-        <v>3.43</v>
+        <v>3.69</v>
       </c>
       <c r="E77">
-        <v>3.23</v>
+        <v>3.49</v>
       </c>
       <c r="F77">
-        <v>4.03</v>
+        <v>4.29</v>
       </c>
       <c r="G77">
-        <v>3.93</v>
+        <v>4.19</v>
       </c>
       <c r="H77">
         <v>1.69</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>84</v>
       </c>
       <c r="B78">
-        <v>4.09</v>
+        <v>3.83</v>
       </c>
       <c r="C78">
-        <v>3.89</v>
+        <v>3.63</v>
       </c>
       <c r="D78">
-        <v>3.69</v>
+        <v>3.43</v>
       </c>
       <c r="E78">
-        <v>3.49</v>
+        <v>3.23</v>
       </c>
       <c r="F78">
-        <v>4.29</v>
+        <v>4.03</v>
       </c>
       <c r="G78">
-        <v>4.19</v>
+        <v>3.93</v>
       </c>
       <c r="H78">
         <v>1.69</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>85</v>
       </c>
       <c r="B79">
-        <v>4.13</v>
+        <v>4.09</v>
       </c>
       <c r="C79">
-        <v>3.93</v>
+        <v>3.89</v>
       </c>
       <c r="D79">
-        <v>3.73</v>
+        <v>3.69</v>
       </c>
       <c r="E79">
-        <v>3.59</v>
+        <v>3.49</v>
       </c>
       <c r="F79">
-        <v>4.39</v>
+        <v>4.29</v>
       </c>
       <c r="G79">
-        <v>4.29</v>
+        <v>4.19</v>
       </c>
       <c r="H79">
         <v>1.69</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>86</v>
       </c>
       <c r="B80">
         <v>4.13</v>
       </c>
       <c r="C80">
-        <v>3.99</v>
+        <v>3.93</v>
       </c>
       <c r="D80">
-        <v>3.79</v>
+        <v>3.73</v>
       </c>
       <c r="E80">
-        <v>3.65</v>
+        <v>3.59</v>
       </c>
       <c r="F80">
         <v>4.39</v>
       </c>
       <c r="G80">
         <v>4.29</v>
       </c>
       <c r="H80">
         <v>1.69</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>87</v>
       </c>
       <c r="B81">
         <v>4.13</v>
       </c>
       <c r="C81">
         <v>3.99</v>
       </c>
       <c r="D81">
         <v>3.79</v>
       </c>
       <c r="E81">
         <v>3.65</v>
       </c>
       <c r="F81">
-        <v>4.44</v>
+        <v>4.39</v>
       </c>
       <c r="G81">
-        <v>4.39</v>
+        <v>4.29</v>
       </c>
       <c r="H81">
         <v>1.69</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>88</v>
       </c>
       <c r="B82">
-        <v>4.19</v>
+        <v>4.13</v>
       </c>
       <c r="C82">
-        <v>4.05</v>
+        <v>3.99</v>
       </c>
       <c r="D82">
         <v>3.79</v>
       </c>
       <c r="E82">
         <v>3.65</v>
       </c>
       <c r="F82">
         <v>4.44</v>
       </c>
       <c r="G82">
         <v>4.39</v>
       </c>
       <c r="H82">
         <v>1.69</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>89</v>
       </c>
       <c r="B83">
         <v>4.19</v>
       </c>
       <c r="C83">
         <v>4.05</v>
       </c>
       <c r="D83">
-        <v>3.83</v>
+        <v>3.79</v>
       </c>
       <c r="E83">
-        <v>3.75</v>
+        <v>3.65</v>
       </c>
       <c r="F83">
         <v>4.44</v>
       </c>
       <c r="G83">
         <v>4.39</v>
       </c>
       <c r="H83">
         <v>1.69</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>90</v>
       </c>
       <c r="B84">
-        <v>4.09</v>
+        <v>4.19</v>
       </c>
       <c r="C84">
-        <v>3.95</v>
+        <v>4.05</v>
       </c>
       <c r="D84">
         <v>3.83</v>
       </c>
       <c r="E84">
         <v>3.75</v>
       </c>
       <c r="F84">
+        <v>4.44</v>
+      </c>
+      <c r="G84">
         <v>4.39</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.34</v>
       </c>
       <c r="H84">
         <v>1.69</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>91</v>
       </c>
       <c r="B85">
-        <v>3.99</v>
+        <v>4.09</v>
       </c>
       <c r="C85">
-        <v>3.89</v>
+        <v>3.95</v>
       </c>
       <c r="D85">
         <v>3.83</v>
       </c>
       <c r="E85">
         <v>3.75</v>
       </c>
       <c r="F85">
-        <v>4.29</v>
+        <v>4.39</v>
       </c>
       <c r="G85">
-        <v>4.22</v>
+        <v>4.34</v>
       </c>
       <c r="H85">
         <v>1.69</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>92</v>
       </c>
       <c r="B86">
         <v>3.99</v>
       </c>
       <c r="C86">
         <v>3.89</v>
       </c>
       <c r="D86">
         <v>3.83</v>
       </c>
       <c r="E86">
         <v>3.75</v>
       </c>
       <c r="F86">
-        <v>4.19</v>
+        <v>4.29</v>
       </c>
       <c r="G86">
-        <v>4.12</v>
+        <v>4.22</v>
       </c>
       <c r="H86">
         <v>1.69</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>93</v>
       </c>
       <c r="B87">
+        <v>3.99</v>
+      </c>
+      <c r="C87">
         <v>3.89</v>
       </c>
-      <c r="C87">
-[...1 lines deleted...]
-      </c>
       <c r="D87">
-        <v>3.79</v>
+        <v>3.83</v>
       </c>
       <c r="E87">
-        <v>3.71</v>
+        <v>3.75</v>
       </c>
       <c r="F87">
-        <v>4.09</v>
+        <v>4.19</v>
       </c>
       <c r="G87">
-        <v>4.03</v>
+        <v>4.12</v>
       </c>
       <c r="H87">
         <v>1.69</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>94</v>
       </c>
       <c r="B88">
         <v>3.89</v>
       </c>
       <c r="C88">
         <v>3.85</v>
       </c>
       <c r="D88">
         <v>3.79</v>
       </c>
       <c r="E88">
         <v>3.71</v>
       </c>
       <c r="F88">
-        <v>3.99</v>
+        <v>4.09</v>
       </c>
       <c r="G88">
-        <v>3.93</v>
+        <v>4.03</v>
       </c>
       <c r="H88">
         <v>1.69</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>95</v>
       </c>
       <c r="B89">
         <v>3.89</v>
       </c>
       <c r="C89">
         <v>3.85</v>
       </c>
       <c r="D89">
         <v>3.79</v>
       </c>
       <c r="E89">
         <v>3.71</v>
       </c>
       <c r="F89">
+        <v>3.99</v>
+      </c>
+      <c r="G89">
         <v>3.93</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.87</v>
       </c>
       <c r="H89">
         <v>1.69</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>96</v>
       </c>
       <c r="B90">
+        <v>3.89</v>
+      </c>
+      <c r="C90">
+        <v>3.85</v>
+      </c>
+      <c r="D90">
         <v>3.79</v>
       </c>
-      <c r="C90">
-[...4 lines deleted...]
-      </c>
       <c r="E90">
-        <v>3.61</v>
+        <v>3.71</v>
       </c>
       <c r="F90">
-        <v>3.73</v>
+        <v>3.93</v>
       </c>
       <c r="G90">
-        <v>3.67</v>
+        <v>3.87</v>
       </c>
       <c r="H90">
         <v>1.69</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>97</v>
       </c>
       <c r="B91">
+        <v>3.79</v>
+      </c>
+      <c r="C91">
+        <v>3.75</v>
+      </c>
+      <c r="D91">
         <v>3.69</v>
       </c>
-      <c r="C91">
-[...4 lines deleted...]
-      </c>
       <c r="E91">
-        <v>3.51</v>
+        <v>3.61</v>
       </c>
       <c r="F91">
-        <v>3.63</v>
+        <v>3.73</v>
       </c>
       <c r="G91">
-        <v>3.57</v>
+        <v>3.67</v>
       </c>
       <c r="H91">
-        <v>1.59</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>98</v>
       </c>
       <c r="B92">
-        <v>3.49</v>
+        <v>3.69</v>
       </c>
       <c r="C92">
-        <v>3.45</v>
+        <v>3.65</v>
       </c>
       <c r="D92">
-        <v>3.39</v>
+        <v>3.59</v>
       </c>
       <c r="E92">
-        <v>3.31</v>
+        <v>3.51</v>
       </c>
       <c r="F92">
-        <v>3.43</v>
+        <v>3.63</v>
       </c>
       <c r="G92">
-        <v>3.37</v>
+        <v>3.57</v>
       </c>
       <c r="H92">
         <v>1.59</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>99</v>
       </c>
       <c r="B93">
+        <v>3.49</v>
+      </c>
+      <c r="C93">
+        <v>3.45</v>
+      </c>
+      <c r="D93">
         <v>3.39</v>
       </c>
-      <c r="C93">
-[...4 lines deleted...]
-      </c>
       <c r="E93">
-        <v>3.23</v>
+        <v>3.31</v>
       </c>
       <c r="F93">
-        <v>3.29</v>
+        <v>3.43</v>
       </c>
       <c r="G93">
-        <v>3.23</v>
+        <v>3.37</v>
       </c>
       <c r="H93">
         <v>1.59</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>100</v>
       </c>
       <c r="B94">
-        <v>3.37</v>
+        <v>3.39</v>
       </c>
       <c r="C94">
-        <v>3.27</v>
+        <v>3.33</v>
       </c>
       <c r="D94">
+        <v>3.29</v>
+      </c>
+      <c r="E94">
         <v>3.23</v>
       </c>
-      <c r="E94">
-[...1 lines deleted...]
-      </c>
       <c r="F94">
-        <v>3.25</v>
+        <v>3.29</v>
       </c>
       <c r="G94">
-        <v>3.19</v>
+        <v>3.23</v>
       </c>
       <c r="H94">
         <v>1.59</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>101</v>
       </c>
       <c r="B95">
-        <v>3.33</v>
+        <v>3.37</v>
       </c>
       <c r="C95">
+        <v>3.27</v>
+      </c>
+      <c r="D95">
         <v>3.23</v>
       </c>
-      <c r="D95">
-[...1 lines deleted...]
-      </c>
       <c r="E95">
-        <v>3.13</v>
+        <v>3.17</v>
       </c>
       <c r="F95">
         <v>3.25</v>
       </c>
       <c r="G95">
         <v>3.19</v>
       </c>
       <c r="H95">
         <v>1.59</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>102</v>
       </c>
       <c r="B96">
         <v>3.33</v>
       </c>
       <c r="C96">
         <v>3.23</v>
       </c>
       <c r="D96">
         <v>3.19</v>
       </c>
       <c r="E96">
         <v>3.13</v>
       </c>
       <c r="F96">
+        <v>3.25</v>
+      </c>
+      <c r="G96">
         <v>3.19</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.12</v>
       </c>
       <c r="H96">
         <v>1.59</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>103</v>
       </c>
       <c r="B97">
         <v>3.33</v>
       </c>
       <c r="C97">
+        <v>3.23</v>
+      </c>
+      <c r="D97">
         <v>3.19</v>
       </c>
-      <c r="D97">
-[...1 lines deleted...]
-      </c>
       <c r="E97">
-        <v>3.09</v>
+        <v>3.13</v>
       </c>
       <c r="F97">
         <v>3.19</v>
       </c>
       <c r="G97">
         <v>3.12</v>
       </c>
       <c r="H97">
         <v>1.59</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>104</v>
       </c>
       <c r="B98">
-        <v>3.37</v>
+        <v>3.33</v>
       </c>
       <c r="C98">
-        <v>3.27</v>
+        <v>3.19</v>
       </c>
       <c r="D98">
-        <v>3.19</v>
+        <v>3.15</v>
       </c>
       <c r="E98">
-        <v>3.14</v>
+        <v>3.09</v>
       </c>
       <c r="F98">
         <v>3.19</v>
       </c>
       <c r="G98">
         <v>3.12</v>
       </c>
       <c r="H98">
         <v>1.59</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>105</v>
       </c>
       <c r="B99">
         <v>3.37</v>
       </c>
       <c r="C99">
         <v>3.27</v>
       </c>
       <c r="D99">
         <v>3.19</v>
       </c>
       <c r="E99">
         <v>3.14</v>
       </c>
       <c r="F99">
         <v>3.19</v>
       </c>
       <c r="G99">
         <v>3.12</v>
       </c>
       <c r="H99">
-        <v>1.44</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>106</v>
       </c>
       <c r="B100">
         <v>3.37</v>
       </c>
       <c r="C100">
         <v>3.27</v>
       </c>
       <c r="D100">
-        <v>3.15</v>
+        <v>3.19</v>
       </c>
       <c r="E100">
-        <v>3.09</v>
+        <v>3.14</v>
       </c>
       <c r="F100">
-        <v>3.17</v>
+        <v>3.19</v>
       </c>
       <c r="G100">
-        <v>3.09</v>
+        <v>3.12</v>
       </c>
       <c r="H100">
         <v>1.44</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>107</v>
       </c>
       <c r="B101">
-        <v>3.33</v>
+        <v>3.37</v>
       </c>
       <c r="C101">
-        <v>3.23</v>
+        <v>3.27</v>
       </c>
       <c r="D101">
         <v>3.15</v>
       </c>
       <c r="E101">
         <v>3.09</v>
       </c>
       <c r="F101">
-        <v>3.13</v>
+        <v>3.17</v>
       </c>
       <c r="G101">
-        <v>3.05</v>
+        <v>3.09</v>
       </c>
       <c r="H101">
         <v>1.44</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>108</v>
       </c>
       <c r="B102">
         <v>3.33</v>
       </c>
       <c r="C102">
         <v>3.23</v>
       </c>
       <c r="D102">
-        <v>3.09</v>
+        <v>3.15</v>
       </c>
       <c r="E102">
         <v>3.09</v>
       </c>
       <c r="F102">
         <v>3.13</v>
       </c>
       <c r="G102">
         <v>3.05</v>
       </c>
       <c r="H102">
         <v>1.44</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>109</v>
       </c>
       <c r="B103">
-        <v>3.25</v>
+        <v>3.33</v>
       </c>
       <c r="C103">
-        <v>3.17</v>
+        <v>3.23</v>
       </c>
       <c r="D103">
         <v>3.09</v>
       </c>
       <c r="E103">
-        <v>3.03</v>
+        <v>3.09</v>
       </c>
       <c r="F103">
-        <v>3.07</v>
+        <v>3.13</v>
       </c>
       <c r="G103">
-        <v>2.99</v>
+        <v>3.05</v>
       </c>
       <c r="H103">
         <v>1.44</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>110</v>
       </c>
       <c r="B104">
         <v>3.25</v>
       </c>
       <c r="C104">
         <v>3.17</v>
       </c>
       <c r="D104">
-        <v>3.07</v>
+        <v>3.09</v>
       </c>
       <c r="E104">
-        <v>2.99</v>
+        <v>3.03</v>
       </c>
       <c r="F104">
         <v>3.07</v>
       </c>
       <c r="G104">
         <v>2.99</v>
       </c>
       <c r="H104">
         <v>1.44</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>111</v>
       </c>
       <c r="B105">
-        <v>3.2</v>
+        <v>3.25</v>
       </c>
       <c r="C105">
-        <v>3.13</v>
+        <v>3.17</v>
       </c>
       <c r="D105">
-        <v>3.03</v>
+        <v>3.07</v>
       </c>
       <c r="E105">
         <v>2.99</v>
       </c>
       <c r="F105">
-        <v>3.03</v>
+        <v>3.07</v>
       </c>
       <c r="G105">
-        <v>2.95</v>
+        <v>2.99</v>
       </c>
       <c r="H105">
         <v>1.44</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>112</v>
       </c>
       <c r="B106">
         <v>3.2</v>
       </c>
       <c r="C106">
-        <v>3.09</v>
+        <v>3.13</v>
       </c>
       <c r="D106">
+        <v>3.03</v>
+      </c>
+      <c r="E106">
         <v>2.99</v>
       </c>
-      <c r="E106">
+      <c r="F106">
+        <v>3.03</v>
+      </c>
+      <c r="G106">
         <v>2.95</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.92</v>
       </c>
       <c r="H106">
         <v>1.44</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>113</v>
       </c>
       <c r="B107">
         <v>3.2</v>
       </c>
       <c r="C107">
         <v>3.09</v>
       </c>
       <c r="D107">
         <v>2.99</v>
       </c>
       <c r="E107">
-        <v>2.93</v>
+        <v>2.95</v>
       </c>
       <c r="F107">
         <v>2.99</v>
       </c>
       <c r="G107">
         <v>2.92</v>
       </c>
       <c r="H107">
         <v>1.44</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>114</v>
       </c>
       <c r="B108">
-        <v>3.15</v>
+        <v>3.2</v>
       </c>
       <c r="C108">
         <v>3.09</v>
       </c>
       <c r="D108">
         <v>2.99</v>
       </c>
       <c r="E108">
         <v>2.93</v>
       </c>
       <c r="F108">
         <v>2.99</v>
       </c>
       <c r="G108">
         <v>2.92</v>
       </c>
       <c r="H108">
         <v>1.44</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>115</v>
       </c>
       <c r="B109">
-        <v>3.13</v>
+        <v>3.15</v>
       </c>
       <c r="C109">
-        <v>3.07</v>
+        <v>3.09</v>
       </c>
       <c r="D109">
-        <v>2.97</v>
+        <v>2.99</v>
       </c>
       <c r="E109">
-        <v>2.91</v>
+        <v>2.93</v>
       </c>
       <c r="F109">
         <v>2.99</v>
       </c>
       <c r="G109">
-        <v>2.89</v>
+        <v>2.92</v>
       </c>
       <c r="H109">
         <v>1.44</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>116</v>
       </c>
       <c r="B110">
         <v>3.13</v>
       </c>
       <c r="C110">
         <v>3.07</v>
       </c>
       <c r="D110">
         <v>2.97</v>
       </c>
       <c r="E110">
-        <v>2.87</v>
+        <v>2.91</v>
       </c>
       <c r="F110">
         <v>2.99</v>
       </c>
       <c r="G110">
         <v>2.89</v>
       </c>
       <c r="H110">
         <v>1.44</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>117</v>
       </c>
       <c r="B111">
+        <v>3.13</v>
+      </c>
+      <c r="C111">
         <v>3.07</v>
       </c>
-      <c r="C111">
-[...1 lines deleted...]
-      </c>
       <c r="D111">
-        <v>2.93</v>
+        <v>2.97</v>
       </c>
       <c r="E111">
         <v>2.87</v>
       </c>
       <c r="F111">
-        <v>2.93</v>
+        <v>2.99</v>
       </c>
       <c r="G111">
-        <v>2.87</v>
+        <v>2.89</v>
       </c>
       <c r="H111">
         <v>1.44</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>118</v>
       </c>
       <c r="B112">
         <v>3.07</v>
       </c>
       <c r="C112">
-        <v>2.99</v>
+        <v>3.03</v>
       </c>
       <c r="D112">
         <v>2.93</v>
       </c>
       <c r="E112">
         <v>2.87</v>
       </c>
       <c r="F112">
         <v>2.93</v>
       </c>
       <c r="G112">
         <v>2.87</v>
       </c>
       <c r="H112">
         <v>1.44</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>119</v>
       </c>
       <c r="B113">
-        <v>3.05</v>
+        <v>3.07</v>
       </c>
       <c r="C113">
         <v>2.99</v>
       </c>
       <c r="D113">
-        <v>2.89</v>
+        <v>2.93</v>
       </c>
       <c r="E113">
-        <v>2.83</v>
+        <v>2.87</v>
       </c>
       <c r="F113">
         <v>2.93</v>
       </c>
       <c r="G113">
         <v>2.87</v>
       </c>
       <c r="H113">
         <v>1.44</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>120</v>
       </c>
       <c r="B114">
+        <v>3.05</v>
+      </c>
+      <c r="C114">
         <v>2.99</v>
       </c>
-      <c r="C114">
-[...1 lines deleted...]
-      </c>
       <c r="D114">
-        <v>2.85</v>
+        <v>2.89</v>
       </c>
       <c r="E114">
-        <v>2.79</v>
+        <v>2.83</v>
       </c>
       <c r="F114">
-        <v>2.89</v>
+        <v>2.93</v>
       </c>
       <c r="G114">
-        <v>2.83</v>
+        <v>2.87</v>
       </c>
       <c r="H114">
         <v>1.44</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>121</v>
       </c>
       <c r="B115">
         <v>2.99</v>
       </c>
       <c r="C115">
-        <v>2.92</v>
+        <v>2.95</v>
       </c>
       <c r="D115">
+        <v>2.85</v>
+      </c>
+      <c r="E115">
         <v>2.79</v>
       </c>
-      <c r="E115">
-[...1 lines deleted...]
-      </c>
       <c r="F115">
-        <v>2.85</v>
+        <v>2.89</v>
       </c>
       <c r="G115">
-        <v>2.79</v>
+        <v>2.83</v>
       </c>
       <c r="H115">
         <v>1.44</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>122</v>
       </c>
       <c r="B116">
         <v>2.99</v>
       </c>
       <c r="C116">
-        <v>2.89</v>
+        <v>2.92</v>
       </c>
       <c r="D116">
-        <v>2.75</v>
+        <v>2.79</v>
       </c>
       <c r="E116">
-        <v>2.69</v>
+        <v>2.73</v>
       </c>
       <c r="F116">
-        <v>2.83</v>
+        <v>2.85</v>
       </c>
       <c r="G116">
-        <v>2.77</v>
+        <v>2.79</v>
       </c>
       <c r="H116">
         <v>1.44</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>123</v>
       </c>
       <c r="B117">
-        <v>2.96</v>
+        <v>2.99</v>
       </c>
       <c r="C117">
-        <v>2.86</v>
+        <v>2.89</v>
       </c>
       <c r="D117">
-        <v>2.71</v>
+        <v>2.75</v>
       </c>
       <c r="E117">
-        <v>2.65</v>
+        <v>2.69</v>
       </c>
       <c r="F117">
+        <v>2.83</v>
+      </c>
+      <c r="G117">
         <v>2.77</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.71</v>
       </c>
       <c r="H117">
         <v>1.44</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>124</v>
       </c>
       <c r="B118">
-        <v>2.92</v>
+        <v>2.96</v>
       </c>
       <c r="C118">
-        <v>2.82</v>
+        <v>2.86</v>
       </c>
       <c r="D118">
-        <v>2.67</v>
+        <v>2.71</v>
       </c>
       <c r="E118">
-        <v>2.61</v>
+        <v>2.65</v>
       </c>
       <c r="F118">
         <v>2.77</v>
       </c>
       <c r="G118">
         <v>2.71</v>
       </c>
       <c r="H118">
         <v>1.44</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>125</v>
       </c>
       <c r="B119">
-        <v>2.89</v>
+        <v>2.92</v>
       </c>
       <c r="C119">
-        <v>2.79</v>
+        <v>2.82</v>
       </c>
       <c r="D119">
-        <v>2.63</v>
+        <v>2.67</v>
       </c>
       <c r="E119">
-        <v>2.57</v>
+        <v>2.61</v>
       </c>
       <c r="F119">
-        <v>2.75</v>
+        <v>2.77</v>
       </c>
       <c r="G119">
-        <v>2.69</v>
+        <v>2.71</v>
       </c>
       <c r="H119">
-        <v>1.39</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>126</v>
       </c>
       <c r="B120">
-        <v>2.85</v>
+        <v>2.89</v>
       </c>
       <c r="C120">
-        <v>2.75</v>
+        <v>2.79</v>
       </c>
       <c r="D120">
-        <v>2.59</v>
+        <v>2.63</v>
       </c>
       <c r="E120">
-        <v>2.53</v>
+        <v>2.57</v>
       </c>
       <c r="F120">
         <v>2.75</v>
       </c>
       <c r="G120">
         <v>2.69</v>
       </c>
       <c r="H120">
         <v>1.39</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>127</v>
       </c>
       <c r="B121">
-        <v>2.81</v>
+        <v>2.85</v>
       </c>
       <c r="C121">
-        <v>2.71</v>
+        <v>2.75</v>
       </c>
       <c r="D121">
-        <v>2.55</v>
+        <v>2.59</v>
       </c>
       <c r="E121">
-        <v>2.49</v>
+        <v>2.53</v>
       </c>
       <c r="F121">
-        <v>2.73</v>
+        <v>2.75</v>
       </c>
       <c r="G121">
-        <v>2.67</v>
+        <v>2.69</v>
       </c>
       <c r="H121">
-        <v>1.37</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>128</v>
       </c>
       <c r="B122">
-        <v>2.78</v>
+        <v>2.81</v>
       </c>
       <c r="C122">
-        <v>2.68</v>
+        <v>2.71</v>
       </c>
       <c r="D122">
-        <v>2.52</v>
+        <v>2.55</v>
       </c>
       <c r="E122">
-        <v>2.46</v>
+        <v>2.49</v>
       </c>
       <c r="F122">
-        <v>2.68</v>
+        <v>2.73</v>
       </c>
       <c r="G122">
-        <v>2.62</v>
+        <v>2.67</v>
       </c>
       <c r="H122">
         <v>1.37</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>129</v>
       </c>
       <c r="B123">
-        <v>2.73</v>
+        <v>2.78</v>
       </c>
       <c r="C123">
-        <v>2.63</v>
+        <v>2.68</v>
       </c>
       <c r="D123">
-        <v>2.47</v>
+        <v>2.52</v>
       </c>
       <c r="E123">
-        <v>2.41</v>
+        <v>2.46</v>
       </c>
       <c r="F123">
-        <v>2.63</v>
+        <v>2.68</v>
       </c>
       <c r="G123">
-        <v>2.57</v>
+        <v>2.62</v>
       </c>
       <c r="H123">
         <v>1.37</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>130</v>
       </c>
       <c r="B124">
-        <v>2.72</v>
+        <v>2.73</v>
       </c>
       <c r="C124">
-        <v>2.59</v>
+        <v>2.63</v>
       </c>
       <c r="D124">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="E124">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F124">
         <v>2.63</v>
       </c>
       <c r="G124">
         <v>2.57</v>
       </c>
       <c r="H124">
         <v>1.37</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>131</v>
       </c>
       <c r="B125">
-        <v>2.69</v>
+        <v>2.72</v>
       </c>
       <c r="C125">
+        <v>2.59</v>
+      </c>
+      <c r="D125">
+        <v>2.45</v>
+      </c>
+      <c r="E125">
+        <v>2.39</v>
+      </c>
+      <c r="F125">
+        <v>2.63</v>
+      </c>
+      <c r="G125">
         <v>2.57</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.53</v>
       </c>
       <c r="H125">
         <v>1.37</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>132</v>
       </c>
       <c r="B126">
-        <v>2.63</v>
+        <v>2.69</v>
       </c>
       <c r="C126">
-        <v>2.52</v>
+        <v>2.57</v>
       </c>
       <c r="D126">
-        <v>2.38</v>
+        <v>2.43</v>
       </c>
       <c r="E126">
-        <v>2.32</v>
+        <v>2.37</v>
       </c>
       <c r="F126">
+        <v>2.59</v>
+      </c>
+      <c r="G126">
         <v>2.53</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.47</v>
       </c>
       <c r="H126">
         <v>1.37</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>133</v>
       </c>
       <c r="B127">
-        <v>2.58</v>
+        <v>2.63</v>
       </c>
       <c r="C127">
-        <v>2.46</v>
+        <v>2.52</v>
       </c>
       <c r="D127">
-        <v>2.33</v>
+        <v>2.38</v>
       </c>
       <c r="E127">
-        <v>2.27</v>
+        <v>2.32</v>
       </c>
       <c r="F127">
-        <v>2.48</v>
+        <v>2.53</v>
       </c>
       <c r="G127">
-        <v>2.42</v>
+        <v>2.47</v>
       </c>
       <c r="H127">
-        <v>1.32</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>134</v>
       </c>
       <c r="B128">
-        <v>2.54</v>
+        <v>2.58</v>
       </c>
       <c r="C128">
+        <v>2.46</v>
+      </c>
+      <c r="D128">
+        <v>2.33</v>
+      </c>
+      <c r="E128">
+        <v>2.27</v>
+      </c>
+      <c r="F128">
+        <v>2.48</v>
+      </c>
+      <c r="G128">
         <v>2.42</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.38</v>
       </c>
       <c r="H128">
         <v>1.32</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>135</v>
       </c>
       <c r="B129">
         <v>2.54</v>
       </c>
       <c r="C129">
         <v>2.42</v>
       </c>
       <c r="D129">
         <v>2.29</v>
       </c>
       <c r="E129">
-        <v>2.21</v>
+        <v>2.23</v>
       </c>
       <c r="F129">
         <v>2.44</v>
       </c>
       <c r="G129">
         <v>2.38</v>
       </c>
       <c r="H129">
         <v>1.32</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>136</v>
       </c>
       <c r="B130">
-        <v>2.49</v>
+        <v>2.54</v>
       </c>
       <c r="C130">
-        <v>2.39</v>
+        <v>2.42</v>
       </c>
       <c r="D130">
         <v>2.29</v>
       </c>
       <c r="E130">
-        <v>2.19</v>
+        <v>2.21</v>
       </c>
       <c r="F130">
-        <v>2.39</v>
+        <v>2.44</v>
       </c>
       <c r="G130">
-        <v>2.33</v>
+        <v>2.38</v>
       </c>
       <c r="H130">
         <v>1.32</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>137</v>
       </c>
       <c r="B131">
         <v>2.49</v>
       </c>
       <c r="C131">
         <v>2.39</v>
       </c>
       <c r="D131">
         <v>2.29</v>
       </c>
       <c r="E131">
         <v>2.19</v>
       </c>
       <c r="F131">
         <v>2.39</v>
       </c>
       <c r="G131">
         <v>2.33</v>
       </c>
       <c r="H131">
-        <v>1.29</v>
+        <v>1.32</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>138</v>
       </c>
       <c r="B132">
-        <v>2.45</v>
+        <v>2.49</v>
       </c>
       <c r="C132">
-        <v>2.35</v>
+        <v>2.39</v>
       </c>
       <c r="D132">
-        <v>2.25</v>
+        <v>2.29</v>
       </c>
       <c r="E132">
-        <v>2.15</v>
+        <v>2.19</v>
       </c>
       <c r="F132">
-        <v>2.35</v>
+        <v>2.39</v>
       </c>
       <c r="G132">
-        <v>2.29</v>
+        <v>2.33</v>
       </c>
       <c r="H132">
         <v>1.29</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>139</v>
       </c>
       <c r="B133">
-        <v>2.39</v>
+        <v>2.45</v>
       </c>
       <c r="C133">
-        <v>2.27</v>
+        <v>2.35</v>
       </c>
       <c r="D133">
-        <v>2.17</v>
+        <v>2.25</v>
       </c>
       <c r="E133">
-        <v>2.09</v>
+        <v>2.15</v>
       </c>
       <c r="F133">
+        <v>2.35</v>
+      </c>
+      <c r="G133">
         <v>2.29</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.23</v>
       </c>
       <c r="H133">
         <v>1.29</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>140</v>
       </c>
       <c r="B134">
         <v>2.39</v>
       </c>
       <c r="C134">
+        <v>2.27</v>
+      </c>
+      <c r="D134">
+        <v>2.17</v>
+      </c>
+      <c r="E134">
+        <v>2.09</v>
+      </c>
+      <c r="F134">
+        <v>2.29</v>
+      </c>
+      <c r="G134">
         <v>2.23</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.19</v>
       </c>
       <c r="H134">
         <v>1.29</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>141</v>
       </c>
       <c r="B135">
-        <v>2.35</v>
+        <v>2.39</v>
       </c>
       <c r="C135">
+        <v>2.23</v>
+      </c>
+      <c r="D135">
+        <v>2.13</v>
+      </c>
+      <c r="E135">
+        <v>2.07</v>
+      </c>
+      <c r="F135">
+        <v>2.27</v>
+      </c>
+      <c r="G135">
         <v>2.19</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.15</v>
       </c>
       <c r="H135">
         <v>1.29</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>142</v>
       </c>
       <c r="B136">
-        <v>2.32</v>
+        <v>2.35</v>
       </c>
       <c r="C136">
-        <v>2.17</v>
+        <v>2.19</v>
       </c>
       <c r="D136">
-        <v>2.07</v>
+        <v>2.09</v>
       </c>
       <c r="E136">
-        <v>1.99</v>
+        <v>2.03</v>
       </c>
       <c r="F136">
-        <v>2.19</v>
+        <v>2.23</v>
       </c>
       <c r="G136">
-        <v>2.12</v>
+        <v>2.15</v>
       </c>
       <c r="H136">
         <v>1.29</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>143</v>
       </c>
       <c r="B137">
-        <v>2.3</v>
+        <v>2.32</v>
       </c>
       <c r="C137">
-        <v>2.15</v>
+        <v>2.17</v>
       </c>
       <c r="D137">
-        <v>2.05</v>
+        <v>2.07</v>
       </c>
       <c r="E137">
-        <v>1.97</v>
+        <v>1.99</v>
       </c>
       <c r="F137">
-        <v>2.17</v>
+        <v>2.19</v>
       </c>
       <c r="G137">
-        <v>2.1</v>
+        <v>2.12</v>
       </c>
       <c r="H137">
         <v>1.29</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>144</v>
       </c>
       <c r="B138">
-        <v>2.27</v>
+        <v>2.3</v>
       </c>
       <c r="C138">
-        <v>2.12</v>
+        <v>2.15</v>
       </c>
       <c r="D138">
-        <v>2.02</v>
+        <v>2.05</v>
       </c>
       <c r="E138">
-        <v>1.94</v>
+        <v>1.97</v>
       </c>
       <c r="F138">
-        <v>2.14</v>
+        <v>2.17</v>
       </c>
       <c r="G138">
-        <v>2.07</v>
+        <v>2.1</v>
       </c>
       <c r="H138">
         <v>1.29</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>145</v>
       </c>
       <c r="B139">
-        <v>2.22</v>
+        <v>2.27</v>
       </c>
       <c r="C139">
+        <v>2.12</v>
+      </c>
+      <c r="D139">
+        <v>2.02</v>
+      </c>
+      <c r="E139">
+        <v>1.94</v>
+      </c>
+      <c r="F139">
+        <v>2.14</v>
+      </c>
+      <c r="G139">
         <v>2.07</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.02</v>
       </c>
       <c r="H139">
         <v>1.29</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>146</v>
       </c>
       <c r="B140">
-        <v>2.19</v>
+        <v>2.22</v>
       </c>
       <c r="C140">
-        <v>2.04</v>
+        <v>2.07</v>
       </c>
       <c r="D140">
-        <v>1.94</v>
+        <v>1.97</v>
       </c>
       <c r="E140">
-        <v>1.87</v>
+        <v>1.89</v>
       </c>
       <c r="F140">
         <v>2.09</v>
       </c>
       <c r="G140">
-        <v>1.99</v>
+        <v>2.02</v>
       </c>
       <c r="H140">
         <v>1.29</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>147</v>
       </c>
       <c r="B141">
         <v>2.19</v>
       </c>
       <c r="C141">
         <v>2.04</v>
       </c>
       <c r="D141">
         <v>1.94</v>
       </c>
       <c r="E141">
-        <v>1.84</v>
+        <v>1.87</v>
       </c>
       <c r="F141">
         <v>2.09</v>
       </c>
       <c r="G141">
         <v>1.99</v>
       </c>
       <c r="H141">
         <v>1.29</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>148</v>
       </c>
       <c r="B142">
         <v>2.19</v>
       </c>
       <c r="C142">
         <v>2.04</v>
       </c>
       <c r="D142">
         <v>1.94</v>
       </c>
       <c r="E142">
         <v>1.84</v>
       </c>
       <c r="F142">
         <v>2.09</v>
       </c>
       <c r="G142">
         <v>1.99</v>
       </c>
       <c r="H142">
-        <v>1.34</v>
+        <v>1.29</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>149</v>
       </c>
       <c r="B143">
-        <v>2.14</v>
+        <v>2.19</v>
       </c>
       <c r="C143">
-        <v>1.99</v>
+        <v>2.04</v>
       </c>
       <c r="D143">
-        <v>1.92</v>
+        <v>1.94</v>
       </c>
       <c r="E143">
         <v>1.84</v>
       </c>
       <c r="F143">
-        <v>2.04</v>
+        <v>2.09</v>
       </c>
       <c r="G143">
-        <v>1.94</v>
+        <v>1.99</v>
       </c>
       <c r="H143">
-        <v>1.39</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>150</v>
       </c>
       <c r="B144">
         <v>2.14</v>
       </c>
       <c r="C144">
+        <v>1.99</v>
+      </c>
+      <c r="D144">
+        <v>1.92</v>
+      </c>
+      <c r="E144">
+        <v>1.84</v>
+      </c>
+      <c r="F144">
+        <v>2.04</v>
+      </c>
+      <c r="G144">
         <v>1.94</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.89</v>
       </c>
       <c r="H144">
         <v>1.39</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>151</v>
       </c>
       <c r="B145">
-        <v>2.19</v>
+        <v>2.14</v>
       </c>
       <c r="C145">
+        <v>1.94</v>
+      </c>
+      <c r="D145">
+        <v>1.89</v>
+      </c>
+      <c r="E145">
+        <v>1.79</v>
+      </c>
+      <c r="F145">
         <v>1.99</v>
       </c>
-      <c r="D145">
-[...7 lines deleted...]
-      </c>
       <c r="G145">
-        <v>1.94</v>
+        <v>1.89</v>
       </c>
       <c r="H145">
         <v>1.39</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>152</v>
       </c>
       <c r="B146">
-        <v>2.25</v>
+        <v>2.19</v>
       </c>
       <c r="C146">
-        <v>2.05</v>
+        <v>1.99</v>
       </c>
       <c r="D146">
-        <v>1.97</v>
+        <v>1.93</v>
       </c>
       <c r="E146">
-        <v>1.89</v>
+        <v>1.85</v>
       </c>
       <c r="F146">
-        <v>2.09</v>
+        <v>2.04</v>
       </c>
       <c r="G146">
-        <v>1.99</v>
+        <v>1.94</v>
       </c>
       <c r="H146">
         <v>1.39</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>153</v>
       </c>
       <c r="B147">
-        <v>2.29</v>
+        <v>2.25</v>
       </c>
       <c r="C147">
-        <v>2.12</v>
+        <v>2.05</v>
       </c>
       <c r="D147">
-        <v>2.02</v>
+        <v>1.97</v>
       </c>
       <c r="E147">
-        <v>1.94</v>
+        <v>1.89</v>
       </c>
       <c r="F147">
-        <v>2.12</v>
+        <v>2.09</v>
       </c>
       <c r="G147">
-        <v>2.02</v>
+        <v>1.99</v>
       </c>
       <c r="H147">
         <v>1.39</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>154</v>
       </c>
       <c r="B148">
-        <v>2.34</v>
+        <v>2.29</v>
       </c>
       <c r="C148">
         <v>2.12</v>
       </c>
       <c r="D148">
         <v>2.02</v>
       </c>
       <c r="E148">
         <v>1.94</v>
       </c>
       <c r="F148">
         <v>2.12</v>
       </c>
       <c r="G148">
         <v>2.02</v>
       </c>
       <c r="H148">
         <v>1.39</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>155</v>
       </c>
       <c r="B149">
-        <v>2.29</v>
+        <v>2.34</v>
       </c>
       <c r="C149">
-        <v>2.07</v>
+        <v>2.12</v>
       </c>
       <c r="D149">
-        <v>1.97</v>
+        <v>2.02</v>
       </c>
       <c r="E149">
-        <v>1.89</v>
+        <v>1.94</v>
       </c>
       <c r="F149">
-        <v>2.09</v>
+        <v>2.12</v>
       </c>
       <c r="G149">
-        <v>1.99</v>
+        <v>2.02</v>
       </c>
       <c r="H149">
         <v>1.39</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>156</v>
       </c>
       <c r="B150">
-        <v>2.39</v>
+        <v>2.29</v>
       </c>
       <c r="C150">
-        <v>2.17</v>
+        <v>2.07</v>
       </c>
       <c r="D150">
-        <v>2.07</v>
+        <v>1.97</v>
       </c>
       <c r="E150">
+        <v>1.89</v>
+      </c>
+      <c r="F150">
+        <v>2.09</v>
+      </c>
+      <c r="G150">
         <v>1.99</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.09</v>
       </c>
       <c r="H150">
         <v>1.39</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>157</v>
       </c>
       <c r="B151">
         <v>2.39</v>
       </c>
       <c r="C151">
-        <v>2.27</v>
+        <v>2.17</v>
       </c>
       <c r="D151">
-        <v>2.17</v>
+        <v>2.07</v>
       </c>
       <c r="E151">
+        <v>1.99</v>
+      </c>
+      <c r="F151">
+        <v>2.19</v>
+      </c>
+      <c r="G151">
         <v>2.09</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.19</v>
       </c>
       <c r="H151">
         <v>1.39</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>158</v>
       </c>
       <c r="B152">
-        <v>2.49</v>
+        <v>2.39</v>
       </c>
       <c r="C152">
-        <v>2.35</v>
+        <v>2.27</v>
       </c>
       <c r="D152">
-        <v>2.27</v>
+        <v>2.17</v>
       </c>
       <c r="E152">
+        <v>2.09</v>
+      </c>
+      <c r="F152">
+        <v>2.29</v>
+      </c>
+      <c r="G152">
         <v>2.19</v>
       </c>
-      <c r="F152">
-[...4 lines deleted...]
-      </c>
       <c r="H152">
-        <v>1.45</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>159</v>
       </c>
       <c r="B153">
-        <v>2.57</v>
+        <v>2.49</v>
       </c>
       <c r="C153">
+        <v>2.35</v>
+      </c>
+      <c r="D153">
+        <v>2.27</v>
+      </c>
+      <c r="E153">
+        <v>2.19</v>
+      </c>
+      <c r="F153">
         <v>2.39</v>
       </c>
-      <c r="D153">
-[...7 lines deleted...]
-      </c>
       <c r="G153">
-        <v>2.35</v>
+        <v>2.29</v>
       </c>
       <c r="H153">
         <v>1.45</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>160</v>
       </c>
       <c r="B154">
         <v>2.57</v>
       </c>
       <c r="C154">
+        <v>2.39</v>
+      </c>
+      <c r="D154">
+        <v>2.32</v>
+      </c>
+      <c r="E154">
+        <v>2.25</v>
+      </c>
+      <c r="F154">
         <v>2.42</v>
       </c>
-      <c r="D154">
+      <c r="G154">
         <v>2.35</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.39</v>
       </c>
       <c r="H154">
         <v>1.45</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>161</v>
       </c>
       <c r="B155">
-        <v>2.67</v>
+        <v>2.57</v>
       </c>
       <c r="C155">
-        <v>2.52</v>
+        <v>2.42</v>
       </c>
       <c r="D155">
-        <v>2.45</v>
+        <v>2.35</v>
       </c>
       <c r="E155">
+        <v>2.29</v>
+      </c>
+      <c r="F155">
+        <v>2.44</v>
+      </c>
+      <c r="G155">
         <v>2.39</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.59</v>
       </c>
       <c r="H155">
         <v>1.45</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>162</v>
       </c>
       <c r="B156">
-        <v>2.69</v>
+        <v>2.67</v>
       </c>
       <c r="C156">
-        <v>2.57</v>
+        <v>2.52</v>
       </c>
       <c r="D156">
-        <v>2.5</v>
+        <v>2.45</v>
       </c>
       <c r="E156">
-        <v>2.44</v>
+        <v>2.39</v>
       </c>
       <c r="F156">
-        <v>2.69</v>
+        <v>2.64</v>
       </c>
       <c r="G156">
-        <v>2.64</v>
+        <v>2.59</v>
       </c>
       <c r="H156">
         <v>1.45</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>163</v>
       </c>
       <c r="B157">
         <v>2.69</v>
       </c>
       <c r="C157">
         <v>2.57</v>
       </c>
       <c r="D157">
         <v>2.5</v>
       </c>
       <c r="E157">
         <v>2.44</v>
       </c>
       <c r="F157">
-        <v>2.7</v>
+        <v>2.69</v>
       </c>
       <c r="G157">
         <v>2.64</v>
       </c>
       <c r="H157">
         <v>1.45</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>164</v>
       </c>
       <c r="B158">
-        <v>2.74</v>
+        <v>2.69</v>
       </c>
       <c r="C158">
-        <v>2.62</v>
+        <v>2.57</v>
       </c>
       <c r="D158">
-        <v>2.55</v>
+        <v>2.5</v>
       </c>
       <c r="E158">
-        <v>2.49</v>
+        <v>2.44</v>
       </c>
       <c r="F158">
-        <v>2.75</v>
+        <v>2.7</v>
       </c>
       <c r="G158">
-        <v>2.69</v>
+        <v>2.64</v>
       </c>
       <c r="H158">
         <v>1.45</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>165</v>
       </c>
       <c r="B159">
         <v>2.74</v>
       </c>
       <c r="C159">
         <v>2.62</v>
       </c>
       <c r="D159">
-        <v>2.57</v>
+        <v>2.55</v>
       </c>
       <c r="E159">
-        <v>2.52</v>
+        <v>2.49</v>
       </c>
       <c r="F159">
         <v>2.75</v>
       </c>
       <c r="G159">
         <v>2.69</v>
       </c>
       <c r="H159">
         <v>1.45</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>166</v>
       </c>
       <c r="B160">
         <v>2.74</v>
       </c>
       <c r="C160">
-        <v>2.64</v>
+        <v>2.62</v>
       </c>
       <c r="D160">
-        <v>2.59</v>
+        <v>2.57</v>
       </c>
       <c r="E160">
-        <v>2.54</v>
+        <v>2.52</v>
       </c>
       <c r="F160">
         <v>2.75</v>
       </c>
       <c r="G160">
         <v>2.69</v>
       </c>
       <c r="H160">
         <v>1.45</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>167</v>
       </c>
       <c r="B161">
         <v>2.74</v>
       </c>
       <c r="C161">
         <v>2.64</v>
       </c>
       <c r="D161">
         <v>2.59</v>
       </c>
       <c r="E161">
         <v>2.54</v>
       </c>
       <c r="F161">
+        <v>2.75</v>
+      </c>
+      <c r="G161">
         <v>2.69</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.63</v>
       </c>
       <c r="H161">
         <v>1.45</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>168</v>
       </c>
       <c r="B162">
+        <v>2.74</v>
+      </c>
+      <c r="C162">
+        <v>2.64</v>
+      </c>
+      <c r="D162">
+        <v>2.59</v>
+      </c>
+      <c r="E162">
+        <v>2.54</v>
+      </c>
+      <c r="F162">
         <v>2.69</v>
       </c>
-      <c r="C162">
-[...10 lines deleted...]
-      </c>
       <c r="G162">
-        <v>2.59</v>
+        <v>2.63</v>
       </c>
       <c r="H162">
         <v>1.45</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>169</v>
       </c>
       <c r="B163">
-        <v>2.65</v>
+        <v>2.69</v>
       </c>
       <c r="C163">
+        <v>2.59</v>
+      </c>
+      <c r="D163">
         <v>2.54</v>
       </c>
-      <c r="D163">
+      <c r="E163">
         <v>2.49</v>
       </c>
-      <c r="E163">
-[...1 lines deleted...]
-      </c>
       <c r="F163">
-        <v>2.62</v>
+        <v>2.67</v>
       </c>
       <c r="G163">
-        <v>2.55</v>
+        <v>2.59</v>
       </c>
       <c r="H163">
-        <v>1.55</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>170</v>
       </c>
       <c r="B164">
         <v>2.65</v>
       </c>
       <c r="C164">
         <v>2.54</v>
       </c>
       <c r="D164">
         <v>2.49</v>
       </c>
       <c r="E164">
         <v>2.43</v>
       </c>
       <c r="F164">
         <v>2.62</v>
       </c>
       <c r="G164">
         <v>2.55</v>
       </c>
       <c r="H164">
-        <v>1.45</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>171</v>
       </c>
       <c r="B165">
-        <v>2.62</v>
+        <v>2.65</v>
       </c>
       <c r="C165">
-        <v>2.51</v>
+        <v>2.54</v>
       </c>
       <c r="D165">
-        <v>2.46</v>
+        <v>2.49</v>
       </c>
       <c r="E165">
-        <v>2.4</v>
+        <v>2.43</v>
       </c>
       <c r="F165">
         <v>2.62</v>
       </c>
       <c r="G165">
         <v>2.55</v>
       </c>
       <c r="H165">
         <v>1.45</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>172</v>
       </c>
       <c r="B166">
-        <v>2.59</v>
+        <v>2.62</v>
       </c>
       <c r="C166">
+        <v>2.51</v>
+      </c>
+      <c r="D166">
         <v>2.46</v>
       </c>
-      <c r="D166">
-[...1 lines deleted...]
-      </c>
       <c r="E166">
-        <v>2.35</v>
+        <v>2.4</v>
       </c>
       <c r="F166">
-        <v>2.59</v>
+        <v>2.62</v>
       </c>
       <c r="G166">
-        <v>2.53</v>
+        <v>2.55</v>
       </c>
       <c r="H166">
         <v>1.45</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>173</v>
       </c>
       <c r="B167">
-        <v>2.55</v>
+        <v>2.59</v>
       </c>
       <c r="C167">
+        <v>2.46</v>
+      </c>
+      <c r="D167">
         <v>2.41</v>
       </c>
-      <c r="D167">
-[...1 lines deleted...]
-      </c>
       <c r="E167">
-        <v>2.3</v>
+        <v>2.35</v>
       </c>
       <c r="F167">
         <v>2.59</v>
       </c>
       <c r="G167">
-        <v>2.51</v>
+        <v>2.53</v>
       </c>
       <c r="H167">
         <v>1.45</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>174</v>
       </c>
       <c r="B168">
-        <v>2.52</v>
+        <v>2.55</v>
       </c>
       <c r="C168">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="D168">
-        <v>2.34</v>
+        <v>2.36</v>
       </c>
       <c r="E168">
-        <v>2.28</v>
+        <v>2.3</v>
       </c>
       <c r="F168">
         <v>2.59</v>
       </c>
       <c r="G168">
-        <v>2.49</v>
+        <v>2.51</v>
       </c>
       <c r="H168">
         <v>1.45</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>175</v>
       </c>
       <c r="B169">
         <v>2.52</v>
       </c>
       <c r="C169">
-        <v>2.35</v>
+        <v>2.39</v>
       </c>
       <c r="D169">
-        <v>2.3</v>
+        <v>2.34</v>
       </c>
       <c r="E169">
-        <v>2.24</v>
+        <v>2.28</v>
       </c>
       <c r="F169">
         <v>2.59</v>
       </c>
       <c r="G169">
         <v>2.49</v>
       </c>
       <c r="H169">
         <v>1.45</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>176</v>
       </c>
       <c r="B170">
-        <v>2.57</v>
+        <v>2.52</v>
       </c>
       <c r="C170">
-        <v>2.4</v>
+        <v>2.35</v>
       </c>
       <c r="D170">
-        <v>2.32</v>
+        <v>2.3</v>
       </c>
       <c r="E170">
-        <v>2.26</v>
+        <v>2.24</v>
       </c>
       <c r="F170">
         <v>2.59</v>
       </c>
       <c r="G170">
         <v>2.49</v>
       </c>
       <c r="H170">
         <v>1.45</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>177</v>
       </c>
       <c r="B171">
         <v>2.57</v>
       </c>
       <c r="C171">
-        <v>2.43</v>
+        <v>2.4</v>
       </c>
       <c r="D171">
-        <v>2.35</v>
+        <v>2.32</v>
       </c>
       <c r="E171">
-        <v>2.29</v>
+        <v>2.26</v>
       </c>
       <c r="F171">
         <v>2.59</v>
       </c>
       <c r="G171">
         <v>2.49</v>
       </c>
       <c r="H171">
         <v>1.45</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>178</v>
       </c>
       <c r="B172">
-        <v>2.63</v>
+        <v>2.57</v>
       </c>
       <c r="C172">
-        <v>2.49</v>
+        <v>2.43</v>
       </c>
       <c r="D172">
-        <v>2.41</v>
+        <v>2.35</v>
       </c>
       <c r="E172">
-        <v>2.35</v>
+        <v>2.29</v>
       </c>
       <c r="F172">
         <v>2.59</v>
       </c>
       <c r="G172">
         <v>2.49</v>
       </c>
       <c r="H172">
         <v>1.45</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>179</v>
       </c>
       <c r="B173">
-        <v>2.69</v>
+        <v>2.63</v>
       </c>
       <c r="C173">
-        <v>2.54</v>
+        <v>2.49</v>
       </c>
       <c r="D173">
-        <v>2.44</v>
+        <v>2.41</v>
       </c>
       <c r="E173">
-        <v>2.38</v>
+        <v>2.35</v>
       </c>
       <c r="F173">
-        <v>2.67</v>
+        <v>2.59</v>
       </c>
       <c r="G173">
-        <v>2.59</v>
+        <v>2.49</v>
       </c>
       <c r="H173">
         <v>1.45</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>180</v>
       </c>
       <c r="B174">
         <v>2.69</v>
       </c>
       <c r="C174">
         <v>2.54</v>
       </c>
       <c r="D174">
         <v>2.44</v>
       </c>
       <c r="E174">
         <v>2.38</v>
       </c>
       <c r="F174">
         <v>2.67</v>
       </c>
       <c r="G174">
         <v>2.59</v>
       </c>
       <c r="H174">
-        <v>1.49</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>181</v>
       </c>
       <c r="B175">
         <v>2.69</v>
       </c>
       <c r="C175">
-        <v>2.59</v>
+        <v>2.54</v>
       </c>
       <c r="D175">
-        <v>2.49</v>
+        <v>2.44</v>
       </c>
       <c r="E175">
-        <v>2.43</v>
+        <v>2.38</v>
       </c>
       <c r="F175">
         <v>2.67</v>
       </c>
       <c r="G175">
         <v>2.59</v>
       </c>
       <c r="H175">
         <v>1.49</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>182</v>
       </c>
       <c r="B176">
+        <v>2.69</v>
+      </c>
+      <c r="C176">
+        <v>2.59</v>
+      </c>
+      <c r="D176">
+        <v>2.49</v>
+      </c>
+      <c r="E176">
+        <v>2.43</v>
+      </c>
+      <c r="F176">
         <v>2.67</v>
       </c>
-      <c r="C176">
-[...10 lines deleted...]
-      </c>
       <c r="G176">
-        <v>2.57</v>
+        <v>2.59</v>
       </c>
       <c r="H176">
         <v>1.49</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>183</v>
       </c>
       <c r="B177">
-        <v>2.63</v>
+        <v>2.67</v>
       </c>
       <c r="C177">
         <v>2.57</v>
       </c>
       <c r="D177">
         <v>2.47</v>
       </c>
       <c r="E177">
         <v>2.41</v>
       </c>
       <c r="F177">
         <v>2.65</v>
       </c>
       <c r="G177">
         <v>2.57</v>
       </c>
       <c r="H177">
         <v>1.49</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>184</v>
       </c>
       <c r="B178">
         <v>2.63</v>
       </c>
       <c r="C178">
         <v>2.57</v>
       </c>
       <c r="D178">
         <v>2.47</v>
       </c>
       <c r="E178">
         <v>2.41</v>
       </c>
       <c r="F178">
-        <v>2.62</v>
+        <v>2.65</v>
       </c>
       <c r="G178">
-        <v>2.54</v>
+        <v>2.57</v>
       </c>
       <c r="H178">
         <v>1.49</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>185</v>
       </c>
       <c r="B179">
-        <v>2.61</v>
+        <v>2.63</v>
       </c>
       <c r="C179">
-        <v>2.55</v>
+        <v>2.57</v>
       </c>
       <c r="D179">
-        <v>2.45</v>
+        <v>2.47</v>
       </c>
       <c r="E179">
-        <v>2.39</v>
+        <v>2.41</v>
       </c>
       <c r="F179">
         <v>2.62</v>
       </c>
       <c r="G179">
         <v>2.54</v>
       </c>
       <c r="H179">
         <v>1.49</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>186</v>
       </c>
       <c r="B180">
         <v>2.61</v>
       </c>
       <c r="C180">
         <v>2.55</v>
       </c>
       <c r="D180">
         <v>2.45</v>
       </c>
       <c r="E180">
         <v>2.39</v>
       </c>
       <c r="F180">
-        <v>2.57</v>
+        <v>2.62</v>
       </c>
       <c r="G180">
-        <v>2.49</v>
+        <v>2.54</v>
       </c>
       <c r="H180">
         <v>1.49</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>187</v>
       </c>
       <c r="B181">
         <v>2.61</v>
       </c>
       <c r="C181">
         <v>2.55</v>
       </c>
       <c r="D181">
         <v>2.45</v>
       </c>
       <c r="E181">
         <v>2.39</v>
       </c>
       <c r="F181">
         <v>2.57</v>
       </c>
       <c r="G181">
         <v>2.49</v>
       </c>
       <c r="H181">
-        <v>1.46</v>
+        <v>1.49</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>188</v>
       </c>
       <c r="B182">
         <v>2.61</v>
       </c>
       <c r="C182">
-        <v>2.51</v>
+        <v>2.55</v>
       </c>
       <c r="D182">
         <v>2.45</v>
       </c>
       <c r="E182">
         <v>2.39</v>
       </c>
       <c r="F182">
-        <v>2.54</v>
+        <v>2.57</v>
       </c>
       <c r="G182">
         <v>2.49</v>
       </c>
       <c r="H182">
         <v>1.46</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>189</v>
       </c>
       <c r="B183">
-        <v>2.58</v>
+        <v>2.61</v>
       </c>
       <c r="C183">
-        <v>2.47</v>
+        <v>2.51</v>
       </c>
       <c r="D183">
-        <v>2.42</v>
+        <v>2.45</v>
       </c>
       <c r="E183">
-        <v>2.37</v>
+        <v>2.39</v>
       </c>
       <c r="F183">
         <v>2.54</v>
       </c>
       <c r="G183">
         <v>2.49</v>
       </c>
       <c r="H183">
         <v>1.46</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>190</v>
       </c>
       <c r="B184">
         <v>2.58</v>
       </c>
       <c r="C184">
         <v>2.47</v>
       </c>
       <c r="D184">
         <v>2.42</v>
       </c>
       <c r="E184">
         <v>2.37</v>
       </c>
       <c r="F184">
-        <v>2.51</v>
+        <v>2.54</v>
       </c>
       <c r="G184">
-        <v>2.46</v>
+        <v>2.49</v>
       </c>
       <c r="H184">
         <v>1.46</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>191</v>
       </c>
       <c r="B185">
         <v>2.58</v>
       </c>
       <c r="C185">
         <v>2.47</v>
       </c>
       <c r="D185">
         <v>2.42</v>
       </c>
       <c r="E185">
         <v>2.37</v>
       </c>
       <c r="F185">
-        <v>2.49</v>
+        <v>2.51</v>
       </c>
       <c r="G185">
-        <v>2.44</v>
+        <v>2.46</v>
       </c>
       <c r="H185">
         <v>1.46</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>192</v>
       </c>
       <c r="B186">
         <v>2.58</v>
       </c>
       <c r="C186">
-        <v>2.44</v>
+        <v>2.47</v>
       </c>
       <c r="D186">
-        <v>2.39</v>
+        <v>2.42</v>
       </c>
       <c r="E186">
-        <v>2.34</v>
+        <v>2.37</v>
       </c>
       <c r="F186">
         <v>2.49</v>
       </c>
       <c r="G186">
         <v>2.44</v>
       </c>
       <c r="H186">
         <v>1.46</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>193</v>
       </c>
       <c r="B187">
         <v>2.58</v>
       </c>
       <c r="C187">
-        <v>2.42</v>
+        <v>2.44</v>
       </c>
       <c r="D187">
-        <v>2.37</v>
+        <v>2.39</v>
       </c>
       <c r="E187">
-        <v>2.32</v>
+        <v>2.34</v>
       </c>
       <c r="F187">
         <v>2.49</v>
       </c>
       <c r="G187">
         <v>2.44</v>
       </c>
       <c r="H187">
         <v>1.46</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>194</v>
       </c>
       <c r="B188">
-        <v>2.55</v>
+        <v>2.58</v>
       </c>
       <c r="C188">
-        <v>2.39</v>
+        <v>2.42</v>
       </c>
       <c r="D188">
-        <v>2.34</v>
+        <v>2.37</v>
       </c>
       <c r="E188">
-        <v>2.29</v>
+        <v>2.32</v>
       </c>
       <c r="F188">
         <v>2.49</v>
       </c>
       <c r="G188">
         <v>2.44</v>
       </c>
       <c r="H188">
         <v>1.46</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>195</v>
       </c>
       <c r="B189">
         <v>2.55</v>
       </c>
       <c r="C189">
-        <v>2.37</v>
+        <v>2.39</v>
       </c>
       <c r="D189">
-        <v>2.3</v>
+        <v>2.34</v>
       </c>
       <c r="E189">
-        <v>2.25</v>
+        <v>2.29</v>
       </c>
       <c r="F189">
         <v>2.49</v>
       </c>
       <c r="G189">
         <v>2.44</v>
       </c>
       <c r="H189">
         <v>1.46</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>196</v>
       </c>
       <c r="B190">
         <v>2.55</v>
       </c>
       <c r="C190">
         <v>2.37</v>
       </c>
       <c r="D190">
         <v>2.3</v>
       </c>
       <c r="E190">
         <v>2.25</v>
       </c>
       <c r="F190">
         <v>2.49</v>
       </c>
       <c r="G190">
         <v>2.44</v>
       </c>
       <c r="H190">
-        <v>1.49</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>197</v>
       </c>
       <c r="B191">
         <v>2.55</v>
       </c>
       <c r="C191">
         <v>2.37</v>
       </c>
       <c r="D191">
         <v>2.3</v>
       </c>
       <c r="E191">
         <v>2.25</v>
       </c>
       <c r="F191">
-        <v>2.45</v>
+        <v>2.49</v>
       </c>
       <c r="G191">
-        <v>2.39</v>
+        <v>2.44</v>
       </c>
       <c r="H191">
         <v>1.49</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>198</v>
       </c>
       <c r="B192">
-        <v>2.49</v>
+        <v>2.55</v>
       </c>
       <c r="C192">
-        <v>2.31</v>
+        <v>2.37</v>
       </c>
       <c r="D192">
+        <v>2.3</v>
+      </c>
+      <c r="E192">
         <v>2.25</v>
       </c>
-      <c r="E192">
-[...1 lines deleted...]
-      </c>
       <c r="F192">
+        <v>2.45</v>
+      </c>
+      <c r="G192">
         <v>2.39</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.35</v>
       </c>
       <c r="H192">
         <v>1.49</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>199</v>
       </c>
       <c r="B193">
         <v>2.49</v>
       </c>
       <c r="C193">
         <v>2.31</v>
       </c>
       <c r="D193">
-        <v>2.23</v>
+        <v>2.25</v>
       </c>
       <c r="E193">
-        <v>2.17</v>
+        <v>2.2</v>
       </c>
       <c r="F193">
         <v>2.39</v>
       </c>
       <c r="G193">
-        <v>2.33</v>
+        <v>2.35</v>
       </c>
       <c r="H193">
         <v>1.49</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>200</v>
       </c>
       <c r="B194">
-        <v>2.47</v>
+        <v>2.49</v>
       </c>
       <c r="C194">
-        <v>2.29</v>
+        <v>2.31</v>
       </c>
       <c r="D194">
-        <v>2.19</v>
+        <v>2.23</v>
       </c>
       <c r="E194">
-        <v>2.15</v>
+        <v>2.17</v>
       </c>
       <c r="F194">
-        <v>2.37</v>
+        <v>2.39</v>
       </c>
       <c r="G194">
-        <v>2.29</v>
+        <v>2.33</v>
       </c>
       <c r="H194">
         <v>1.49</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>201</v>
       </c>
       <c r="B195">
         <v>2.47</v>
       </c>
       <c r="C195">
         <v>2.29</v>
       </c>
       <c r="D195">
         <v>2.19</v>
       </c>
       <c r="E195">
         <v>2.15</v>
       </c>
       <c r="F195">
-        <v>2.35</v>
+        <v>2.37</v>
       </c>
       <c r="G195">
-        <v>2.27</v>
+        <v>2.29</v>
       </c>
       <c r="H195">
         <v>1.49</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>202</v>
       </c>
       <c r="B196">
         <v>2.47</v>
       </c>
       <c r="C196">
         <v>2.29</v>
       </c>
       <c r="D196">
         <v>2.19</v>
       </c>
       <c r="E196">
         <v>2.15</v>
       </c>
       <c r="F196">
         <v>2.35</v>
       </c>
       <c r="G196">
         <v>2.27</v>
       </c>
       <c r="H196">
-        <v>1.54</v>
+        <v>1.49</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>203</v>
       </c>
       <c r="B197">
         <v>2.47</v>
       </c>
       <c r="C197">
-        <v>2.31</v>
+        <v>2.29</v>
       </c>
       <c r="D197">
-        <v>2.21</v>
+        <v>2.19</v>
       </c>
       <c r="E197">
-        <v>2.17</v>
+        <v>2.15</v>
       </c>
       <c r="F197">
         <v>2.35</v>
       </c>
       <c r="G197">
         <v>2.27</v>
       </c>
       <c r="H197">
         <v>1.54</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>204</v>
       </c>
       <c r="B198">
         <v>2.47</v>
       </c>
       <c r="C198">
         <v>2.31</v>
       </c>
       <c r="D198">
         <v>2.21</v>
       </c>
       <c r="E198">
         <v>2.17</v>
       </c>
       <c r="F198">
         <v>2.35</v>
       </c>
       <c r="G198">
         <v>2.27</v>
       </c>
       <c r="H198">
-        <v>1.55</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>205</v>
       </c>
       <c r="B199">
         <v>2.47</v>
       </c>
       <c r="C199">
-        <v>2.33</v>
+        <v>2.31</v>
       </c>
       <c r="D199">
-        <v>2.23</v>
+        <v>2.21</v>
       </c>
       <c r="E199">
-        <v>2.19</v>
+        <v>2.17</v>
       </c>
       <c r="F199">
         <v>2.35</v>
       </c>
       <c r="G199">
         <v>2.27</v>
       </c>
       <c r="H199">
         <v>1.55</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>206</v>
       </c>
       <c r="B200">
-        <v>2.49</v>
+        <v>2.47</v>
       </c>
       <c r="C200">
         <v>2.33</v>
       </c>
       <c r="D200">
         <v>2.23</v>
       </c>
       <c r="E200">
         <v>2.19</v>
       </c>
       <c r="F200">
-        <v>2.39</v>
+        <v>2.35</v>
       </c>
       <c r="G200">
-        <v>2.31</v>
+        <v>2.27</v>
       </c>
       <c r="H200">
         <v>1.55</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>207</v>
       </c>
       <c r="B201">
         <v>2.49</v>
       </c>
       <c r="C201">
-        <v>2.35</v>
+        <v>2.33</v>
       </c>
       <c r="D201">
-        <v>2.27</v>
+        <v>2.23</v>
       </c>
       <c r="E201">
-        <v>2.24</v>
+        <v>2.19</v>
       </c>
       <c r="F201">
         <v>2.39</v>
       </c>
       <c r="G201">
         <v>2.31</v>
       </c>
       <c r="H201">
         <v>1.55</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>208</v>
       </c>
       <c r="B202">
         <v>2.49</v>
       </c>
       <c r="C202">
         <v>2.35</v>
       </c>
       <c r="D202">
-        <v>2.29</v>
+        <v>2.27</v>
       </c>
       <c r="E202">
-        <v>2.25</v>
+        <v>2.24</v>
       </c>
       <c r="F202">
         <v>2.39</v>
       </c>
       <c r="G202">
         <v>2.31</v>
       </c>
       <c r="H202">
         <v>1.55</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>209</v>
       </c>
       <c r="B203">
         <v>2.49</v>
       </c>
       <c r="C203">
-        <v>2.37</v>
+        <v>2.35</v>
       </c>
       <c r="D203">
         <v>2.29</v>
       </c>
       <c r="E203">
         <v>2.25</v>
       </c>
       <c r="F203">
         <v>2.39</v>
       </c>
       <c r="G203">
         <v>2.31</v>
       </c>
       <c r="H203">
         <v>1.55</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>210</v>
       </c>
       <c r="B204">
-        <v>2.52</v>
+        <v>2.49</v>
       </c>
       <c r="C204">
         <v>2.37</v>
       </c>
       <c r="D204">
         <v>2.29</v>
       </c>
       <c r="E204">
         <v>2.25</v>
       </c>
       <c r="F204">
         <v>2.39</v>
       </c>
       <c r="G204">
         <v>2.31</v>
       </c>
       <c r="H204">
         <v>1.55</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>211</v>
       </c>
       <c r="B205">
         <v>2.52</v>
       </c>
       <c r="C205">
-        <v>2.39</v>
+        <v>2.37</v>
       </c>
       <c r="D205">
-        <v>2.31</v>
+        <v>2.29</v>
       </c>
       <c r="E205">
-        <v>2.26</v>
+        <v>2.25</v>
       </c>
       <c r="F205">
         <v>2.39</v>
       </c>
       <c r="G205">
         <v>2.31</v>
       </c>
       <c r="H205">
         <v>1.55</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>212</v>
       </c>
       <c r="B206">
-        <v>2.48</v>
+        <v>2.52</v>
       </c>
       <c r="C206">
         <v>2.39</v>
       </c>
       <c r="D206">
-        <v>2.33</v>
+        <v>2.31</v>
       </c>
       <c r="E206">
-        <v>2.27</v>
+        <v>2.26</v>
       </c>
       <c r="F206">
         <v>2.39</v>
       </c>
       <c r="G206">
         <v>2.31</v>
       </c>
       <c r="H206">
         <v>1.55</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B207">
-        <v>2.52</v>
+        <v>2.48</v>
       </c>
       <c r="C207">
         <v>2.39</v>
       </c>
       <c r="D207">
         <v>2.33</v>
       </c>
       <c r="E207">
         <v>2.27</v>
       </c>
       <c r="F207">
         <v>2.39</v>
       </c>
       <c r="G207">
         <v>2.31</v>
       </c>
       <c r="H207">
         <v>1.55</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>213</v>
       </c>
       <c r="B208">
-        <v>2.48</v>
+        <v>2.52</v>
       </c>
       <c r="C208">
-        <v>2.35</v>
+        <v>2.39</v>
       </c>
       <c r="D208">
-        <v>2.29</v>
+        <v>2.33</v>
       </c>
       <c r="E208">
-        <v>2.23</v>
+        <v>2.27</v>
       </c>
       <c r="F208">
-        <v>2.33</v>
+        <v>2.39</v>
       </c>
       <c r="G208">
-        <v>2.25</v>
+        <v>2.31</v>
       </c>
       <c r="H208">
         <v>1.55</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>214</v>
       </c>
       <c r="B209">
-        <v>2.45</v>
+        <v>2.48</v>
       </c>
       <c r="C209">
         <v>2.35</v>
       </c>
       <c r="D209">
         <v>2.29</v>
       </c>
       <c r="E209">
         <v>2.23</v>
       </c>
       <c r="F209">
         <v>2.33</v>
       </c>
       <c r="G209">
         <v>2.25</v>
       </c>
       <c r="H209">
         <v>1.55</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>215</v>
       </c>
       <c r="B210">
         <v>2.45</v>
       </c>
       <c r="C210">
+        <v>2.35</v>
+      </c>
+      <c r="D210">
         <v>2.29</v>
       </c>
-      <c r="D210">
+      <c r="E210">
         <v>2.23</v>
       </c>
-      <c r="E210">
-[...1 lines deleted...]
-      </c>
       <c r="F210">
-        <v>2.27</v>
+        <v>2.33</v>
       </c>
       <c r="G210">
-        <v>2.19</v>
+        <v>2.25</v>
       </c>
       <c r="H210">
-        <v>1.45</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>216</v>
       </c>
       <c r="B211">
         <v>2.45</v>
       </c>
       <c r="C211">
         <v>2.29</v>
       </c>
       <c r="D211">
         <v>2.23</v>
       </c>
       <c r="E211">
         <v>2.17</v>
       </c>
       <c r="F211">
-        <v>2.25</v>
+        <v>2.27</v>
       </c>
       <c r="G211">
-        <v>2.15</v>
+        <v>2.19</v>
       </c>
       <c r="H211">
         <v>1.45</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>217</v>
       </c>
       <c r="B212">
         <v>2.45</v>
       </c>
       <c r="C212">
         <v>2.29</v>
       </c>
       <c r="D212">
-        <v>2.19</v>
+        <v>2.23</v>
       </c>
       <c r="E212">
-        <v>2.14</v>
+        <v>2.17</v>
       </c>
       <c r="F212">
         <v>2.25</v>
       </c>
       <c r="G212">
         <v>2.15</v>
       </c>
       <c r="H212">
         <v>1.45</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>218</v>
       </c>
       <c r="B213">
         <v>2.45</v>
       </c>
       <c r="C213">
         <v>2.29</v>
       </c>
       <c r="D213">
         <v>2.19</v>
       </c>
       <c r="E213">
         <v>2.14</v>
       </c>
       <c r="F213">
-        <v>2.19</v>
+        <v>2.25</v>
       </c>
       <c r="G213">
-        <v>2.09</v>
+        <v>2.15</v>
       </c>
       <c r="H213">
         <v>1.45</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>219</v>
       </c>
-      <c r="B214"/>
+      <c r="B214">
+        <v>2.45</v>
+      </c>
       <c r="C214">
         <v>2.29</v>
       </c>
       <c r="D214">
         <v>2.19</v>
       </c>
       <c r="E214">
         <v>2.14</v>
       </c>
       <c r="F214">
         <v>2.19</v>
       </c>
       <c r="G214">
         <v>2.09</v>
       </c>
       <c r="H214">
         <v>1.45</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>220</v>
       </c>
       <c r="B215"/>
       <c r="C215">
         <v>2.29</v>
       </c>
       <c r="D215">
         <v>2.19</v>
       </c>
       <c r="E215">
         <v>2.14</v>
       </c>
       <c r="F215">
-        <v>2.17</v>
+        <v>2.19</v>
       </c>
       <c r="G215">
-        <v>2.07</v>
+        <v>2.09</v>
       </c>
       <c r="H215">
         <v>1.45</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>221</v>
       </c>
       <c r="B216"/>
       <c r="C216">
         <v>2.29</v>
       </c>
       <c r="D216">
-        <v>2.17</v>
+        <v>2.19</v>
       </c>
       <c r="E216">
-        <v>2.11</v>
+        <v>2.14</v>
       </c>
       <c r="F216">
         <v>2.17</v>
       </c>
       <c r="G216">
         <v>2.07</v>
       </c>
       <c r="H216">
         <v>1.45</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>222</v>
       </c>
       <c r="B217"/>
       <c r="C217">
         <v>2.29</v>
       </c>
       <c r="D217">
         <v>2.17</v>
       </c>
       <c r="E217">
-        <v>2.09</v>
+        <v>2.11</v>
       </c>
       <c r="F217">
         <v>2.17</v>
       </c>
       <c r="G217">
         <v>2.07</v>
       </c>
       <c r="H217">
         <v>1.45</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>223</v>
       </c>
       <c r="B218"/>
       <c r="C218">
         <v>2.29</v>
       </c>
       <c r="D218">
         <v>2.17</v>
       </c>
       <c r="E218">
         <v>2.09</v>
       </c>
       <c r="F218">
-        <v>2.14</v>
+        <v>2.17</v>
       </c>
       <c r="G218">
-        <v>2.04</v>
+        <v>2.07</v>
       </c>
       <c r="H218">
         <v>1.45</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>224</v>
       </c>
       <c r="B219"/>
       <c r="C219">
-        <v>2.24</v>
+        <v>2.29</v>
       </c>
       <c r="D219">
-        <v>2.11</v>
+        <v>2.17</v>
       </c>
       <c r="E219">
-        <v>2.04</v>
+        <v>2.09</v>
       </c>
       <c r="F219">
         <v>2.14</v>
       </c>
       <c r="G219">
         <v>2.04</v>
       </c>
       <c r="H219">
         <v>1.45</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>225</v>
       </c>
       <c r="B220"/>
       <c r="C220">
         <v>2.24</v>
       </c>
       <c r="D220">
         <v>2.11</v>
       </c>
       <c r="E220">
         <v>2.04</v>
       </c>
       <c r="F220">
-        <v>2.09</v>
+        <v>2.14</v>
       </c>
       <c r="G220">
-        <v>1.99</v>
+        <v>2.04</v>
       </c>
       <c r="H220">
         <v>1.45</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>226</v>
       </c>
       <c r="B221"/>
       <c r="C221">
-        <v>2.19</v>
+        <v>2.24</v>
       </c>
       <c r="D221">
+        <v>2.11</v>
+      </c>
+      <c r="E221">
+        <v>2.04</v>
+      </c>
+      <c r="F221">
         <v>2.09</v>
       </c>
-      <c r="E221">
-[...4 lines deleted...]
-      </c>
       <c r="G221">
-        <v>1.94</v>
+        <v>1.99</v>
       </c>
       <c r="H221">
         <v>1.45</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>227</v>
       </c>
       <c r="B222"/>
       <c r="C222">
         <v>2.19</v>
       </c>
       <c r="D222">
         <v>2.09</v>
       </c>
       <c r="E222">
         <v>2.02</v>
       </c>
       <c r="F222">
-        <v>1.99</v>
+        <v>2.04</v>
       </c>
       <c r="G222">
-        <v>1.89</v>
+        <v>1.94</v>
       </c>
       <c r="H222">
         <v>1.45</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>228</v>
       </c>
       <c r="B223"/>
       <c r="C223">
-        <v>2.17</v>
+        <v>2.19</v>
       </c>
       <c r="D223">
         <v>2.09</v>
       </c>
       <c r="E223">
-        <v>1.99</v>
+        <v>2.02</v>
       </c>
       <c r="F223">
         <v>1.99</v>
       </c>
       <c r="G223">
         <v>1.89</v>
       </c>
       <c r="H223">
         <v>1.45</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>229</v>
       </c>
       <c r="B224"/>
       <c r="C224">
-        <v>2.15</v>
+        <v>2.17</v>
       </c>
       <c r="D224">
-        <v>2.07</v>
+        <v>2.09</v>
       </c>
       <c r="E224">
-        <v>1.97</v>
+        <v>1.99</v>
       </c>
       <c r="F224">
         <v>1.99</v>
       </c>
       <c r="G224">
         <v>1.89</v>
       </c>
       <c r="H224">
         <v>1.45</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>230</v>
       </c>
       <c r="B225"/>
       <c r="C225">
         <v>2.15</v>
       </c>
       <c r="D225">
         <v>2.07</v>
       </c>
       <c r="E225">
         <v>1.97</v>
       </c>
       <c r="F225">
         <v>1.99</v>
       </c>
       <c r="G225">
-        <v>1.94</v>
+        <v>1.89</v>
       </c>
       <c r="H225">
         <v>1.45</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>231</v>
       </c>
       <c r="B226"/>
       <c r="C226">
-        <v>2.19</v>
+        <v>2.15</v>
       </c>
       <c r="D226">
-        <v>2.11</v>
+        <v>2.07</v>
       </c>
       <c r="E226">
-        <v>2.02</v>
+        <v>1.97</v>
       </c>
       <c r="F226">
         <v>1.99</v>
       </c>
       <c r="G226">
         <v>1.94</v>
       </c>
       <c r="H226">
         <v>1.45</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>232</v>
       </c>
       <c r="B227"/>
       <c r="C227">
-        <v>2.25</v>
+        <v>2.19</v>
       </c>
       <c r="D227">
-        <v>2.16</v>
+        <v>2.11</v>
       </c>
       <c r="E227">
-        <v>2.07</v>
+        <v>2.02</v>
       </c>
       <c r="F227">
-        <v>2.05</v>
+        <v>1.99</v>
       </c>
       <c r="G227">
-        <v>1.99</v>
+        <v>1.94</v>
       </c>
       <c r="H227">
         <v>1.45</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>233</v>
       </c>
       <c r="B228"/>
       <c r="C228">
         <v>2.25</v>
       </c>
       <c r="D228">
         <v>2.16</v>
       </c>
       <c r="E228">
         <v>2.07</v>
       </c>
       <c r="F228">
-        <v>2.09</v>
+        <v>2.05</v>
       </c>
       <c r="G228">
         <v>1.99</v>
       </c>
       <c r="H228">
         <v>1.45</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>234</v>
       </c>
       <c r="B229"/>
       <c r="C229">
         <v>2.25</v>
       </c>
       <c r="D229">
         <v>2.16</v>
       </c>
       <c r="E229">
         <v>2.07</v>
       </c>
       <c r="F229">
-        <v>2.14</v>
+        <v>2.09</v>
       </c>
       <c r="G229">
-        <v>2.02</v>
+        <v>1.99</v>
       </c>
       <c r="H229">
         <v>1.45</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>235</v>
       </c>
       <c r="B230"/>
       <c r="C230">
         <v>2.25</v>
       </c>
       <c r="D230">
         <v>2.16</v>
       </c>
       <c r="E230">
         <v>2.07</v>
       </c>
       <c r="F230">
-        <v>2.17</v>
+        <v>2.14</v>
       </c>
       <c r="G230">
         <v>2.02</v>
       </c>
       <c r="H230">
         <v>1.45</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>236</v>
       </c>
       <c r="B231"/>
       <c r="C231">
-        <v>2.27</v>
+        <v>2.25</v>
       </c>
       <c r="D231">
-        <v>2.17</v>
+        <v>2.16</v>
       </c>
       <c r="E231">
         <v>2.07</v>
       </c>
       <c r="F231">
         <v>2.17</v>
       </c>
       <c r="G231">
         <v>2.02</v>
       </c>
       <c r="H231">
         <v>1.45</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>237</v>
       </c>
       <c r="B232"/>
       <c r="C232">
         <v>2.27</v>
       </c>
       <c r="D232">
         <v>2.17</v>
       </c>
       <c r="E232">
         <v>2.07</v>
       </c>
       <c r="F232">
-        <v>2.25</v>
+        <v>2.17</v>
       </c>
       <c r="G232">
-        <v>2.05</v>
+        <v>2.02</v>
       </c>
       <c r="H232">
         <v>1.45</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>238</v>
       </c>
       <c r="B233"/>
       <c r="C233">
-        <v>2.29</v>
+        <v>2.27</v>
       </c>
       <c r="D233">
-        <v>2.19</v>
+        <v>2.17</v>
       </c>
       <c r="E233">
-        <v>2.09</v>
+        <v>2.07</v>
       </c>
       <c r="F233">
         <v>2.25</v>
       </c>
       <c r="G233">
-        <v>2.07</v>
+        <v>2.05</v>
       </c>
       <c r="H233">
         <v>1.45</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>239</v>
       </c>
       <c r="B234"/>
       <c r="C234">
-        <v>2.3</v>
+        <v>2.29</v>
       </c>
       <c r="D234">
-        <v>2.2</v>
+        <v>2.19</v>
       </c>
       <c r="E234">
-        <v>2.1</v>
+        <v>2.09</v>
       </c>
       <c r="F234">
-        <v>2.2</v>
+        <v>2.25</v>
       </c>
       <c r="G234">
         <v>2.07</v>
       </c>
       <c r="H234">
         <v>1.45</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>240</v>
       </c>
       <c r="B235"/>
       <c r="C235">
         <v>2.3</v>
       </c>
       <c r="D235">
         <v>2.2</v>
       </c>
       <c r="E235">
         <v>2.1</v>
       </c>
       <c r="F235">
         <v>2.2</v>
       </c>
       <c r="G235">
-        <v>2.1</v>
+        <v>2.07</v>
       </c>
       <c r="H235">
         <v>1.45</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>241</v>
       </c>
       <c r="B236"/>
       <c r="C236">
-        <v>2.35</v>
+        <v>2.3</v>
       </c>
       <c r="D236">
-        <v>2.25</v>
+        <v>2.2</v>
       </c>
       <c r="E236">
-        <v>2.15</v>
+        <v>2.1</v>
       </c>
       <c r="F236">
-        <v>2.25</v>
+        <v>2.2</v>
       </c>
       <c r="G236">
-        <v>2.15</v>
+        <v>2.1</v>
       </c>
       <c r="H236">
         <v>1.45</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>242</v>
       </c>
       <c r="B237"/>
       <c r="C237">
-        <v>2.29</v>
+        <v>2.35</v>
       </c>
       <c r="D237">
-        <v>2.19</v>
+        <v>2.25</v>
       </c>
       <c r="E237">
-        <v>2.09</v>
+        <v>2.15</v>
       </c>
       <c r="F237">
-        <v>2.19</v>
+        <v>2.25</v>
       </c>
       <c r="G237">
-        <v>2.09</v>
+        <v>2.15</v>
       </c>
       <c r="H237">
         <v>1.45</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>243</v>
       </c>
       <c r="B238"/>
       <c r="C238">
+        <v>2.29</v>
+      </c>
+      <c r="D238">
         <v>2.19</v>
       </c>
-      <c r="D238">
+      <c r="E238">
         <v>2.09</v>
       </c>
-      <c r="E238">
-[...1 lines deleted...]
-      </c>
       <c r="F238">
-        <v>2.14</v>
+        <v>2.19</v>
       </c>
       <c r="G238">
-        <v>1.99</v>
+        <v>2.09</v>
       </c>
       <c r="H238">
         <v>1.45</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>244</v>
       </c>
       <c r="B239"/>
       <c r="C239">
-        <v>2.04</v>
+        <v>2.19</v>
       </c>
       <c r="D239">
-        <v>1.94</v>
+        <v>2.09</v>
       </c>
       <c r="E239">
-        <v>1.84</v>
+        <v>1.99</v>
       </c>
       <c r="F239">
+        <v>2.14</v>
+      </c>
+      <c r="G239">
         <v>1.99</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.84</v>
       </c>
       <c r="H239">
         <v>1.45</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>245</v>
       </c>
       <c r="B240"/>
       <c r="C240">
         <v>2.04</v>
       </c>
       <c r="D240">
         <v>1.94</v>
       </c>
       <c r="E240">
         <v>1.84</v>
       </c>
       <c r="F240">
         <v>1.99</v>
       </c>
       <c r="G240">
         <v>1.84</v>
       </c>
       <c r="H240">
-        <v>1.27</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>246</v>
       </c>
       <c r="B241"/>
       <c r="C241">
+        <v>2.04</v>
+      </c>
+      <c r="D241">
+        <v>1.94</v>
+      </c>
+      <c r="E241">
+        <v>1.84</v>
+      </c>
+      <c r="F241">
         <v>1.99</v>
       </c>
-      <c r="D241">
-[...7 lines deleted...]
-      </c>
       <c r="G241">
-        <v>1.79</v>
+        <v>1.84</v>
       </c>
       <c r="H241">
         <v>1.27</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>247</v>
       </c>
       <c r="B242"/>
       <c r="C242">
         <v>1.99</v>
       </c>
       <c r="D242">
         <v>1.89</v>
       </c>
       <c r="E242">
         <v>1.79</v>
       </c>
       <c r="F242">
         <v>1.95</v>
       </c>
       <c r="G242">
         <v>1.79</v>
       </c>
       <c r="H242">
-        <v>1.19</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>248</v>
       </c>
       <c r="B243"/>
       <c r="C243">
-        <v>1.94</v>
+        <v>1.99</v>
       </c>
       <c r="D243">
-        <v>1.84</v>
+        <v>1.89</v>
       </c>
       <c r="E243">
-        <v>1.74</v>
+        <v>1.79</v>
       </c>
       <c r="F243">
-        <v>1.9</v>
+        <v>1.95</v>
       </c>
       <c r="G243">
-        <v>1.74</v>
+        <v>1.79</v>
       </c>
       <c r="H243">
         <v>1.19</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>249</v>
       </c>
       <c r="B244"/>
       <c r="C244">
-        <v>1.89</v>
+        <v>1.94</v>
       </c>
       <c r="D244">
-        <v>1.79</v>
+        <v>1.84</v>
       </c>
       <c r="E244">
-        <v>1.69</v>
+        <v>1.74</v>
       </c>
       <c r="F244">
-        <v>1.85</v>
+        <v>1.9</v>
       </c>
       <c r="G244">
-        <v>1.69</v>
+        <v>1.74</v>
       </c>
       <c r="H244">
         <v>1.19</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>250</v>
       </c>
       <c r="B245"/>
       <c r="C245">
-        <v>1.87</v>
+        <v>1.89</v>
       </c>
       <c r="D245">
-        <v>1.77</v>
+        <v>1.79</v>
       </c>
       <c r="E245">
         <v>1.69</v>
       </c>
       <c r="F245">
         <v>1.85</v>
       </c>
       <c r="G245">
         <v>1.69</v>
       </c>
       <c r="H245">
         <v>1.19</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>251</v>
       </c>
       <c r="B246"/>
       <c r="C246">
-        <v>1.82</v>
+        <v>1.87</v>
       </c>
       <c r="D246">
-        <v>1.72</v>
+        <v>1.77</v>
       </c>
       <c r="E246">
-        <v>1.64</v>
+        <v>1.69</v>
       </c>
       <c r="F246">
-        <v>1.8</v>
+        <v>1.85</v>
       </c>
       <c r="G246">
-        <v>1.64</v>
+        <v>1.69</v>
       </c>
       <c r="H246">
         <v>1.19</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>252</v>
       </c>
       <c r="B247"/>
       <c r="C247">
-        <v>1.77</v>
+        <v>1.82</v>
       </c>
       <c r="D247">
-        <v>1.67</v>
+        <v>1.72</v>
       </c>
       <c r="E247">
-        <v>1.59</v>
+        <v>1.64</v>
       </c>
       <c r="F247">
-        <v>1.75</v>
+        <v>1.8</v>
       </c>
       <c r="G247">
-        <v>1.59</v>
+        <v>1.64</v>
       </c>
       <c r="H247">
         <v>1.19</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>253</v>
       </c>
       <c r="B248"/>
       <c r="C248">
-        <v>1.79</v>
+        <v>1.77</v>
       </c>
       <c r="D248">
         <v>1.67</v>
       </c>
       <c r="E248">
         <v>1.59</v>
       </c>
       <c r="F248">
         <v>1.75</v>
       </c>
       <c r="G248">
         <v>1.59</v>
       </c>
       <c r="H248">
         <v>1.19</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>254</v>
       </c>
       <c r="B249"/>
       <c r="C249">
         <v>1.79</v>
       </c>
       <c r="D249">
         <v>1.67</v>
       </c>
       <c r="E249">
         <v>1.59</v>
       </c>
       <c r="F249">
         <v>1.75</v>
       </c>
       <c r="G249">
         <v>1.59</v>
       </c>
       <c r="H249">
-        <v>1.18</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>255</v>
       </c>
       <c r="B250"/>
       <c r="C250">
         <v>1.79</v>
       </c>
       <c r="D250">
         <v>1.67</v>
       </c>
       <c r="E250">
-        <v>1.58</v>
+        <v>1.59</v>
       </c>
       <c r="F250">
         <v>1.75</v>
       </c>
       <c r="G250">
         <v>1.59</v>
       </c>
       <c r="H250">
         <v>1.18</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>256</v>
       </c>
       <c r="B251"/>
       <c r="C251">
         <v>1.79</v>
       </c>
       <c r="D251">
         <v>1.67</v>
       </c>
       <c r="E251">
         <v>1.58</v>
       </c>
       <c r="F251">
-        <v>1.69</v>
+        <v>1.75</v>
       </c>
       <c r="G251">
-        <v>1.53</v>
+        <v>1.59</v>
       </c>
       <c r="H251">
         <v>1.18</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>257</v>
       </c>
       <c r="B252"/>
       <c r="C252">
-        <v>1.75</v>
+        <v>1.79</v>
       </c>
       <c r="D252">
-        <v>1.61</v>
+        <v>1.67</v>
       </c>
       <c r="E252">
-        <v>1.52</v>
+        <v>1.58</v>
       </c>
       <c r="F252">
         <v>1.69</v>
       </c>
       <c r="G252">
-        <v>1.48</v>
+        <v>1.53</v>
       </c>
       <c r="H252">
         <v>1.18</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>258</v>
       </c>
       <c r="B253"/>
       <c r="C253">
         <v>1.75</v>
       </c>
       <c r="D253">
         <v>1.61</v>
       </c>
       <c r="E253">
         <v>1.52</v>
       </c>
       <c r="F253">
         <v>1.69</v>
       </c>
       <c r="G253">
-        <v>1.54</v>
+        <v>1.48</v>
       </c>
       <c r="H253">
         <v>1.18</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>259</v>
       </c>
       <c r="B254"/>
       <c r="C254">
-        <v>1.79</v>
+        <v>1.75</v>
       </c>
       <c r="D254">
-        <v>1.63</v>
+        <v>1.61</v>
       </c>
       <c r="E254">
-        <v>1.54</v>
+        <v>1.52</v>
       </c>
       <c r="F254">
         <v>1.69</v>
       </c>
       <c r="G254">
         <v>1.54</v>
       </c>
       <c r="H254">
         <v>1.18</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>260</v>
       </c>
       <c r="B255"/>
       <c r="C255">
-        <v>1.75</v>
+        <v>1.79</v>
       </c>
       <c r="D255">
-        <v>1.58</v>
+        <v>1.63</v>
       </c>
       <c r="E255">
-        <v>1.49</v>
+        <v>1.54</v>
       </c>
       <c r="F255">
-        <v>1.65</v>
+        <v>1.69</v>
       </c>
       <c r="G255">
-        <v>1.49</v>
+        <v>1.54</v>
       </c>
       <c r="H255">
         <v>1.18</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>261</v>
       </c>
       <c r="B256"/>
       <c r="C256">
         <v>1.75</v>
       </c>
       <c r="D256">
-        <v>1.55</v>
+        <v>1.58</v>
       </c>
       <c r="E256">
-        <v>1.47</v>
+        <v>1.49</v>
       </c>
       <c r="F256">
         <v>1.65</v>
       </c>
       <c r="G256">
         <v>1.49</v>
       </c>
       <c r="H256">
         <v>1.18</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>262</v>
       </c>
       <c r="B257"/>
       <c r="C257">
         <v>1.75</v>
       </c>
       <c r="D257">
-        <v>1.52</v>
+        <v>1.55</v>
       </c>
       <c r="E257">
-        <v>1.42</v>
+        <v>1.47</v>
       </c>
       <c r="F257">
         <v>1.65</v>
       </c>
       <c r="G257">
         <v>1.49</v>
       </c>
       <c r="H257">
         <v>1.18</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>263</v>
       </c>
       <c r="B258"/>
       <c r="C258">
         <v>1.75</v>
       </c>
       <c r="D258">
-        <v>1.63</v>
+        <v>1.52</v>
       </c>
       <c r="E258">
-        <v>1.53</v>
+        <v>1.42</v>
       </c>
       <c r="F258">
         <v>1.65</v>
       </c>
       <c r="G258">
         <v>1.49</v>
       </c>
       <c r="H258">
         <v>1.18</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>264</v>
       </c>
       <c r="B259"/>
       <c r="C259">
-        <v>1.69</v>
+        <v>1.75</v>
       </c>
       <c r="D259">
-        <v>1.55</v>
+        <v>1.63</v>
       </c>
       <c r="E259">
-        <v>1.45</v>
+        <v>1.53</v>
       </c>
       <c r="F259">
         <v>1.65</v>
       </c>
       <c r="G259">
-        <v>1.45</v>
+        <v>1.49</v>
       </c>
       <c r="H259">
         <v>1.18</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>265</v>
       </c>
       <c r="B260"/>
       <c r="C260">
         <v>1.69</v>
       </c>
       <c r="D260">
         <v>1.55</v>
       </c>
       <c r="E260">
         <v>1.45</v>
       </c>
       <c r="F260">
         <v>1.65</v>
       </c>
       <c r="G260">
         <v>1.45</v>
       </c>
       <c r="H260">
-        <v>1.3</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>266</v>
       </c>
       <c r="B261"/>
       <c r="C261">
         <v>1.69</v>
       </c>
       <c r="D261">
-        <v>1.59</v>
+        <v>1.55</v>
       </c>
       <c r="E261">
-        <v>1.49</v>
+        <v>1.45</v>
       </c>
       <c r="F261">
         <v>1.65</v>
       </c>
       <c r="G261">
         <v>1.45</v>
       </c>
       <c r="H261">
         <v>1.3</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>267</v>
       </c>
       <c r="B262"/>
       <c r="C262">
         <v>1.69</v>
       </c>
       <c r="D262">
         <v>1.59</v>
       </c>
       <c r="E262">
         <v>1.49</v>
       </c>
       <c r="F262">
         <v>1.65</v>
       </c>
       <c r="G262">
-        <v>1.42</v>
+        <v>1.45</v>
       </c>
       <c r="H262">
         <v>1.3</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>268</v>
       </c>
       <c r="B263"/>
       <c r="C263">
         <v>1.69</v>
       </c>
       <c r="D263">
         <v>1.59</v>
       </c>
       <c r="E263">
         <v>1.49</v>
       </c>
       <c r="F263">
-        <v>1.69</v>
+        <v>1.65</v>
       </c>
       <c r="G263">
-        <v>1.47</v>
+        <v>1.42</v>
       </c>
       <c r="H263">
         <v>1.3</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>269</v>
       </c>
       <c r="B264"/>
       <c r="C264">
         <v>1.69</v>
       </c>
       <c r="D264">
         <v>1.59</v>
       </c>
       <c r="E264">
         <v>1.49</v>
       </c>
       <c r="F264">
         <v>1.69</v>
       </c>
       <c r="G264">
-        <v>1.49</v>
+        <v>1.47</v>
       </c>
       <c r="H264">
         <v>1.3</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>270</v>
       </c>
       <c r="B265"/>
       <c r="C265">
         <v>1.69</v>
       </c>
       <c r="D265">
         <v>1.59</v>
       </c>
       <c r="E265">
         <v>1.49</v>
       </c>
       <c r="F265">
         <v>1.69</v>
       </c>
       <c r="G265">
-        <v>1.55</v>
+        <v>1.49</v>
       </c>
       <c r="H265">
         <v>1.3</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>271</v>
       </c>
       <c r="B266"/>
       <c r="C266">
         <v>1.69</v>
       </c>
       <c r="D266">
         <v>1.59</v>
       </c>
       <c r="E266">
         <v>1.49</v>
       </c>
       <c r="F266">
-        <v>1.75</v>
+        <v>1.69</v>
       </c>
       <c r="G266">
         <v>1.55</v>
       </c>
       <c r="H266">
         <v>1.3</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>272</v>
       </c>
       <c r="B267"/>
       <c r="C267">
-        <v>1.75</v>
+        <v>1.69</v>
       </c>
       <c r="D267">
-        <v>1.65</v>
+        <v>1.59</v>
       </c>
       <c r="E267">
-        <v>1.55</v>
+        <v>1.49</v>
       </c>
       <c r="F267">
         <v>1.75</v>
       </c>
       <c r="G267">
         <v>1.55</v>
       </c>
       <c r="H267">
         <v>1.3</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>273</v>
       </c>
       <c r="B268"/>
       <c r="C268">
-        <v>1.79</v>
+        <v>1.75</v>
       </c>
       <c r="D268">
         <v>1.65</v>
       </c>
       <c r="E268">
         <v>1.55</v>
       </c>
       <c r="F268">
         <v>1.75</v>
       </c>
       <c r="G268">
-        <v>1.59</v>
+        <v>1.55</v>
       </c>
       <c r="H268">
         <v>1.3</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>274</v>
       </c>
       <c r="B269"/>
       <c r="C269">
-        <v>1.85</v>
+        <v>1.79</v>
       </c>
       <c r="D269">
-        <v>1.72</v>
+        <v>1.65</v>
       </c>
       <c r="E269">
-        <v>1.62</v>
+        <v>1.55</v>
       </c>
       <c r="F269">
-        <v>1.79</v>
+        <v>1.75</v>
       </c>
       <c r="G269">
         <v>1.59</v>
       </c>
       <c r="H269">
         <v>1.3</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>275</v>
       </c>
       <c r="B270"/>
       <c r="C270">
         <v>1.85</v>
       </c>
       <c r="D270">
         <v>1.72</v>
       </c>
       <c r="E270">
         <v>1.62</v>
       </c>
       <c r="F270">
         <v>1.79</v>
       </c>
       <c r="G270">
-        <v>1.63</v>
+        <v>1.59</v>
       </c>
       <c r="H270">
         <v>1.3</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>276</v>
       </c>
       <c r="B271"/>
       <c r="C271">
         <v>1.85</v>
       </c>
       <c r="D271">
-        <v>1.75</v>
+        <v>1.72</v>
       </c>
       <c r="E271">
-        <v>1.65</v>
+        <v>1.62</v>
       </c>
       <c r="F271">
         <v>1.79</v>
       </c>
       <c r="G271">
         <v>1.63</v>
       </c>
       <c r="H271">
         <v>1.3</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>277</v>
       </c>
       <c r="B272"/>
       <c r="C272">
         <v>1.85</v>
       </c>
       <c r="D272">
         <v>1.75</v>
       </c>
       <c r="E272">
         <v>1.65</v>
       </c>
       <c r="F272">
         <v>1.79</v>
       </c>
       <c r="G272">
-        <v>1.69</v>
+        <v>1.63</v>
       </c>
       <c r="H272">
         <v>1.3</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>278</v>
       </c>
       <c r="B273"/>
       <c r="C273">
-        <v>1.89</v>
+        <v>1.85</v>
       </c>
       <c r="D273">
+        <v>1.75</v>
+      </c>
+      <c r="E273">
+        <v>1.65</v>
+      </c>
+      <c r="F273">
         <v>1.79</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.85</v>
       </c>
       <c r="G273">
         <v>1.69</v>
       </c>
       <c r="H273">
         <v>1.3</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>279</v>
       </c>
       <c r="B274"/>
       <c r="C274">
         <v>1.89</v>
       </c>
       <c r="D274">
-        <v>1.81</v>
+        <v>1.79</v>
       </c>
       <c r="E274">
-        <v>1.71</v>
+        <v>1.69</v>
       </c>
       <c r="F274">
-        <v>1.93</v>
+        <v>1.85</v>
       </c>
       <c r="G274">
-        <v>1.75</v>
+        <v>1.69</v>
       </c>
       <c r="H274">
         <v>1.3</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>280</v>
       </c>
       <c r="B275"/>
       <c r="C275">
-        <v>1.95</v>
+        <v>1.89</v>
       </c>
       <c r="D275">
         <v>1.81</v>
       </c>
       <c r="E275">
         <v>1.71</v>
       </c>
       <c r="F275">
         <v>1.93</v>
       </c>
       <c r="G275">
         <v>1.75</v>
       </c>
       <c r="H275">
         <v>1.3</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>281</v>
       </c>
       <c r="B276"/>
       <c r="C276">
         <v>1.95</v>
       </c>
       <c r="D276">
-        <v>1.88</v>
+        <v>1.81</v>
       </c>
       <c r="E276">
-        <v>1.78</v>
+        <v>1.71</v>
       </c>
       <c r="F276">
         <v>1.93</v>
       </c>
       <c r="G276">
         <v>1.75</v>
       </c>
       <c r="H276">
         <v>1.3</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>282</v>
       </c>
       <c r="B277"/>
       <c r="C277">
-        <v>1.94</v>
+        <v>1.95</v>
       </c>
       <c r="D277">
         <v>1.88</v>
       </c>
       <c r="E277">
         <v>1.78</v>
       </c>
       <c r="F277">
         <v>1.93</v>
       </c>
       <c r="G277">
         <v>1.75</v>
       </c>
       <c r="H277">
         <v>1.3</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>283</v>
       </c>
       <c r="B278"/>
       <c r="C278">
-        <v>1.99</v>
+        <v>1.94</v>
       </c>
       <c r="D278">
+        <v>1.88</v>
+      </c>
+      <c r="E278">
+        <v>1.78</v>
+      </c>
+      <c r="F278">
         <v>1.93</v>
       </c>
-      <c r="E278">
-[...4 lines deleted...]
-      </c>
       <c r="G278">
-        <v>1.79</v>
+        <v>1.75</v>
       </c>
       <c r="H278">
         <v>1.3</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>284</v>
       </c>
       <c r="B279"/>
       <c r="C279">
         <v>1.99</v>
       </c>
       <c r="D279">
-        <v>1.95</v>
+        <v>1.93</v>
       </c>
       <c r="E279">
         <v>1.83</v>
       </c>
       <c r="F279">
         <v>1.95</v>
       </c>
       <c r="G279">
         <v>1.79</v>
       </c>
       <c r="H279">
         <v>1.3</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>285</v>
       </c>
       <c r="B280"/>
       <c r="C280">
-        <v>2.05</v>
+        <v>1.99</v>
       </c>
       <c r="D280">
-        <v>1.99</v>
+        <v>1.95</v>
       </c>
       <c r="E280">
-        <v>1.88</v>
+        <v>1.83</v>
       </c>
       <c r="F280">
         <v>1.95</v>
       </c>
       <c r="G280">
         <v>1.79</v>
       </c>
       <c r="H280">
         <v>1.3</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>286</v>
       </c>
       <c r="B281"/>
       <c r="C281">
         <v>2.05</v>
       </c>
       <c r="D281">
-        <v>1.95</v>
+        <v>1.99</v>
       </c>
       <c r="E281">
         <v>1.88</v>
       </c>
       <c r="F281">
         <v>1.95</v>
       </c>
       <c r="G281">
         <v>1.79</v>
       </c>
       <c r="H281">
         <v>1.3</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>287</v>
       </c>
       <c r="B282"/>
       <c r="C282">
         <v>2.05</v>
       </c>
       <c r="D282">
         <v>1.95</v>
       </c>
       <c r="E282">
         <v>1.88</v>
       </c>
       <c r="F282">
         <v>1.95</v>
       </c>
       <c r="G282">
         <v>1.79</v>
       </c>
       <c r="H282">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>288</v>
       </c>
       <c r="B283"/>
       <c r="C283">
-        <v>2.1</v>
+        <v>2.05</v>
       </c>
       <c r="D283">
-        <v>1.99</v>
+        <v>1.95</v>
       </c>
       <c r="E283">
-        <v>1.93</v>
+        <v>1.88</v>
       </c>
       <c r="F283">
-        <v>2.02</v>
+        <v>1.95</v>
       </c>
       <c r="G283">
-        <v>1.86</v>
+        <v>1.79</v>
       </c>
       <c r="H283">
         <v>1.25</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>289</v>
       </c>
       <c r="B284"/>
       <c r="C284">
         <v>2.1</v>
       </c>
       <c r="D284">
-        <v>2.04</v>
+        <v>1.99</v>
       </c>
       <c r="E284">
-        <v>1.94</v>
+        <v>1.93</v>
       </c>
       <c r="F284">
         <v>2.02</v>
       </c>
       <c r="G284">
         <v>1.86</v>
       </c>
       <c r="H284">
         <v>1.25</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>290</v>
       </c>
       <c r="B285"/>
       <c r="C285">
         <v>2.1</v>
       </c>
       <c r="D285">
         <v>2.04</v>
       </c>
       <c r="E285">
         <v>1.94</v>
       </c>
       <c r="F285">
-        <v>2.07</v>
+        <v>2.02</v>
       </c>
       <c r="G285">
-        <v>1.91</v>
+        <v>1.86</v>
       </c>
       <c r="H285">
         <v>1.25</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>291</v>
       </c>
       <c r="B286"/>
       <c r="C286">
-        <v>2.15</v>
+        <v>2.1</v>
       </c>
       <c r="D286">
-        <v>2.09</v>
+        <v>2.04</v>
       </c>
       <c r="E286">
-        <v>1.99</v>
+        <v>1.94</v>
       </c>
       <c r="F286">
         <v>2.07</v>
       </c>
       <c r="G286">
         <v>1.91</v>
       </c>
       <c r="H286">
         <v>1.25</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>292</v>
       </c>
       <c r="B287"/>
       <c r="C287">
         <v>2.15</v>
       </c>
       <c r="D287">
         <v>2.09</v>
       </c>
       <c r="E287">
         <v>1.99</v>
       </c>
       <c r="F287">
-        <v>2.12</v>
+        <v>2.07</v>
       </c>
       <c r="G287">
-        <v>1.96</v>
+        <v>1.91</v>
       </c>
       <c r="H287">
         <v>1.25</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>293</v>
       </c>
       <c r="B288"/>
       <c r="C288">
+        <v>2.15</v>
+      </c>
+      <c r="D288">
         <v>2.09</v>
       </c>
-      <c r="D288">
-[...1 lines deleted...]
-      </c>
       <c r="E288">
-        <v>1.93</v>
+        <v>1.99</v>
       </c>
       <c r="F288">
-        <v>2.09</v>
+        <v>2.12</v>
       </c>
       <c r="G288">
-        <v>1.93</v>
+        <v>1.96</v>
       </c>
       <c r="H288">
         <v>1.25</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>294</v>
       </c>
       <c r="B289"/>
       <c r="C289">
         <v>2.09</v>
       </c>
       <c r="D289">
         <v>2.02</v>
       </c>
       <c r="E289">
-        <v>1.92</v>
+        <v>1.93</v>
       </c>
       <c r="F289">
         <v>2.09</v>
       </c>
       <c r="G289">
-        <v>1.91</v>
+        <v>1.93</v>
       </c>
       <c r="H289">
         <v>1.25</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>295</v>
       </c>
       <c r="B290"/>
       <c r="C290">
         <v>2.09</v>
       </c>
       <c r="D290">
         <v>2.02</v>
       </c>
       <c r="E290">
         <v>1.92</v>
       </c>
       <c r="F290">
         <v>2.09</v>
       </c>
       <c r="G290">
         <v>1.91</v>
       </c>
       <c r="H290">
-        <v>1.2</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>296</v>
       </c>
       <c r="B291"/>
       <c r="C291">
-        <v>2.05</v>
+        <v>2.09</v>
       </c>
       <c r="D291">
-        <v>1.99</v>
+        <v>2.02</v>
       </c>
       <c r="E291">
-        <v>1.89</v>
+        <v>1.92</v>
       </c>
       <c r="F291">
-        <v>2.05</v>
+        <v>2.09</v>
       </c>
       <c r="G291">
-        <v>1.89</v>
+        <v>1.91</v>
       </c>
       <c r="H291">
         <v>1.2</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>297</v>
       </c>
       <c r="B292"/>
       <c r="C292">
+        <v>2.05</v>
+      </c>
+      <c r="D292">
         <v>1.99</v>
       </c>
-      <c r="D292">
-[...1 lines deleted...]
-      </c>
       <c r="E292">
-        <v>1.83</v>
+        <v>1.89</v>
       </c>
       <c r="F292">
-        <v>1.99</v>
+        <v>2.05</v>
       </c>
       <c r="G292">
-        <v>1.83</v>
+        <v>1.89</v>
       </c>
       <c r="H292">
-        <v>1.15</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>298</v>
       </c>
       <c r="B293"/>
       <c r="C293">
-        <v>1.95</v>
+        <v>1.99</v>
       </c>
       <c r="D293">
-        <v>1.89</v>
+        <v>1.93</v>
       </c>
       <c r="E293">
-        <v>1.79</v>
+        <v>1.83</v>
       </c>
       <c r="F293">
-        <v>1.95</v>
+        <v>1.99</v>
       </c>
       <c r="G293">
-        <v>1.79</v>
+        <v>1.83</v>
       </c>
       <c r="H293">
         <v>1.15</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>299</v>
       </c>
       <c r="B294"/>
       <c r="C294">
+        <v>1.95</v>
+      </c>
+      <c r="D294">
         <v>1.89</v>
       </c>
-      <c r="D294">
-[...1 lines deleted...]
-      </c>
       <c r="E294">
-        <v>1.73</v>
+        <v>1.79</v>
       </c>
       <c r="F294">
-        <v>1.89</v>
+        <v>1.95</v>
       </c>
       <c r="G294">
-        <v>1.75</v>
+        <v>1.79</v>
       </c>
       <c r="H294">
         <v>1.15</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>300</v>
       </c>
       <c r="B295"/>
       <c r="C295">
-        <v>1.87</v>
+        <v>1.89</v>
       </c>
       <c r="D295">
-        <v>1.78</v>
+        <v>1.82</v>
       </c>
       <c r="E295">
-        <v>1.69</v>
+        <v>1.73</v>
       </c>
       <c r="F295">
-        <v>1.87</v>
+        <v>1.89</v>
       </c>
       <c r="G295">
-        <v>1.72</v>
+        <v>1.75</v>
       </c>
       <c r="H295">
         <v>1.15</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>301</v>
       </c>
       <c r="B296"/>
       <c r="C296">
-        <v>1.84</v>
+        <v>1.87</v>
       </c>
       <c r="D296">
-        <v>1.75</v>
+        <v>1.78</v>
       </c>
       <c r="E296">
-        <v>1.68</v>
+        <v>1.69</v>
       </c>
       <c r="F296">
-        <v>1.84</v>
+        <v>1.87</v>
       </c>
       <c r="G296">
-        <v>1.69</v>
+        <v>1.72</v>
       </c>
       <c r="H296">
         <v>1.15</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>302</v>
       </c>
       <c r="B297"/>
       <c r="C297">
         <v>1.84</v>
       </c>
       <c r="D297">
         <v>1.75</v>
       </c>
       <c r="E297">
-        <v>1.64</v>
+        <v>1.68</v>
       </c>
       <c r="F297">
         <v>1.84</v>
       </c>
       <c r="G297">
         <v>1.69</v>
       </c>
       <c r="H297">
         <v>1.15</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>303</v>
       </c>
       <c r="B298"/>
       <c r="C298">
-        <v>1.81</v>
+        <v>1.84</v>
       </c>
       <c r="D298">
         <v>1.75</v>
       </c>
       <c r="E298">
         <v>1.64</v>
       </c>
       <c r="F298">
-        <v>1.81</v>
+        <v>1.84</v>
       </c>
       <c r="G298">
-        <v>1.64</v>
+        <v>1.69</v>
       </c>
       <c r="H298">
         <v>1.15</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>304</v>
       </c>
       <c r="B299"/>
       <c r="C299">
-        <v>1.85</v>
+        <v>1.81</v>
       </c>
       <c r="D299">
-        <v>1.79</v>
+        <v>1.75</v>
       </c>
       <c r="E299">
-        <v>1.69</v>
+        <v>1.64</v>
       </c>
       <c r="F299">
-        <v>1.85</v>
+        <v>1.81</v>
       </c>
       <c r="G299">
-        <v>1.69</v>
+        <v>1.64</v>
       </c>
       <c r="H299">
         <v>1.15</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>305</v>
       </c>
       <c r="B300"/>
       <c r="C300">
-        <v>1.89</v>
+        <v>1.85</v>
       </c>
       <c r="D300">
+        <v>1.79</v>
+      </c>
+      <c r="E300">
+        <v>1.69</v>
+      </c>
+      <c r="F300">
         <v>1.85</v>
       </c>
-      <c r="E300">
-[...4 lines deleted...]
-      </c>
       <c r="G300">
-        <v>1.75</v>
+        <v>1.69</v>
       </c>
       <c r="H300">
         <v>1.15</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>306</v>
       </c>
       <c r="B301"/>
       <c r="C301">
-        <v>2.02</v>
+        <v>1.89</v>
       </c>
       <c r="D301">
-        <v>1.95</v>
+        <v>1.85</v>
       </c>
       <c r="E301">
-        <v>1.83</v>
+        <v>1.73</v>
       </c>
       <c r="F301">
-        <v>2.02</v>
+        <v>1.89</v>
       </c>
       <c r="G301">
-        <v>1.85</v>
+        <v>1.75</v>
       </c>
       <c r="H301">
         <v>1.15</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>307</v>
       </c>
       <c r="B302"/>
       <c r="C302">
         <v>2.02</v>
       </c>
       <c r="D302">
         <v>1.95</v>
       </c>
       <c r="E302">
         <v>1.83</v>
       </c>
       <c r="F302">
         <v>2.02</v>
       </c>
       <c r="G302">
         <v>1.85</v>
       </c>
@@ -11322,63 +11327,63 @@
       <c r="C306">
         <v>2.02</v>
       </c>
       <c r="D306">
         <v>1.95</v>
       </c>
       <c r="E306">
         <v>1.83</v>
       </c>
       <c r="F306">
         <v>2.02</v>
       </c>
       <c r="G306">
         <v>1.85</v>
       </c>
       <c r="H306">
         <v>1.15</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>312</v>
       </c>
       <c r="B307"/>
       <c r="C307">
-        <v>2.09</v>
+        <v>2.02</v>
       </c>
       <c r="D307">
-        <v>1.99</v>
+        <v>1.95</v>
       </c>
       <c r="E307">
-        <v>1.89</v>
+        <v>1.83</v>
       </c>
       <c r="F307">
-        <v>2.05</v>
+        <v>2.02</v>
       </c>
       <c r="G307">
-        <v>1.89</v>
+        <v>1.85</v>
       </c>
       <c r="H307">
         <v>1.15</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>313</v>
       </c>
       <c r="B308"/>
       <c r="C308">
         <v>2.09</v>
       </c>
       <c r="D308">
         <v>1.99</v>
       </c>
       <c r="E308">
         <v>1.89</v>
       </c>
       <c r="F308">
         <v>2.05</v>
       </c>
       <c r="G308">
         <v>1.89</v>
       </c>
@@ -11514,63 +11519,63 @@
       <c r="C314">
         <v>2.09</v>
       </c>
       <c r="D314">
         <v>1.99</v>
       </c>
       <c r="E314">
         <v>1.89</v>
       </c>
       <c r="F314">
         <v>2.05</v>
       </c>
       <c r="G314">
         <v>1.89</v>
       </c>
       <c r="H314">
         <v>1.15</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>320</v>
       </c>
       <c r="B315"/>
       <c r="C315">
-        <v>2.13</v>
+        <v>2.09</v>
       </c>
       <c r="D315">
+        <v>1.99</v>
+      </c>
+      <c r="E315">
+        <v>1.89</v>
+      </c>
+      <c r="F315">
         <v>2.05</v>
       </c>
-      <c r="E315">
-[...4 lines deleted...]
-      </c>
       <c r="G315">
-        <v>1.99</v>
+        <v>1.89</v>
       </c>
       <c r="H315">
         <v>1.15</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>321</v>
       </c>
       <c r="B316"/>
       <c r="C316">
         <v>2.13</v>
       </c>
       <c r="D316">
         <v>2.05</v>
       </c>
       <c r="E316">
         <v>1.93</v>
       </c>
       <c r="F316">
         <v>2.13</v>
       </c>
       <c r="G316">
         <v>1.99</v>
       </c>
@@ -11814,75 +11819,75 @@
       <c r="G326">
         <v>1.99</v>
       </c>
       <c r="H326">
         <v>1.15</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>332</v>
       </c>
       <c r="B327"/>
       <c r="C327">
         <v>2.13</v>
       </c>
       <c r="D327">
         <v>2.05</v>
       </c>
       <c r="E327">
         <v>1.93</v>
       </c>
       <c r="F327">
         <v>2.13</v>
       </c>
       <c r="G327">
-        <v>1.96</v>
+        <v>1.99</v>
       </c>
       <c r="H327">
-        <v>1.1</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>333</v>
       </c>
       <c r="B328"/>
       <c r="C328">
-        <v>2.16</v>
+        <v>2.13</v>
       </c>
       <c r="D328">
-        <v>2.09</v>
+        <v>2.05</v>
       </c>
       <c r="E328">
-        <v>1.99</v>
+        <v>1.93</v>
       </c>
       <c r="F328">
-        <v>2.16</v>
+        <v>2.13</v>
       </c>
       <c r="G328">
-        <v>2.02</v>
+        <v>1.96</v>
       </c>
       <c r="H328">
         <v>1.1</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>334</v>
       </c>
       <c r="B329"/>
       <c r="C329">
         <v>2.16</v>
       </c>
       <c r="D329">
         <v>2.09</v>
       </c>
       <c r="E329">
         <v>1.99</v>
       </c>
       <c r="F329">
         <v>2.16</v>
       </c>
       <c r="G329">
         <v>2.02</v>
       </c>
@@ -12114,63 +12119,63 @@
       <c r="C339">
         <v>2.16</v>
       </c>
       <c r="D339">
         <v>2.09</v>
       </c>
       <c r="E339">
         <v>1.99</v>
       </c>
       <c r="F339">
         <v>2.16</v>
       </c>
       <c r="G339">
         <v>2.02</v>
       </c>
       <c r="H339">
         <v>1.1</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>345</v>
       </c>
       <c r="B340"/>
       <c r="C340">
-        <v>2.19</v>
+        <v>2.16</v>
       </c>
       <c r="D340">
-        <v>2.12</v>
+        <v>2.09</v>
       </c>
       <c r="E340">
+        <v>1.99</v>
+      </c>
+      <c r="F340">
+        <v>2.16</v>
+      </c>
+      <c r="G340">
         <v>2.02</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.05</v>
       </c>
       <c r="H340">
         <v>1.1</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>346</v>
       </c>
       <c r="B341"/>
       <c r="C341">
         <v>2.19</v>
       </c>
       <c r="D341">
         <v>2.12</v>
       </c>
       <c r="E341">
         <v>2.02</v>
       </c>
       <c r="F341">
         <v>2.19</v>
       </c>
       <c r="G341">
         <v>2.05</v>
       </c>
@@ -12426,63 +12431,63 @@
       <c r="C352">
         <v>2.19</v>
       </c>
       <c r="D352">
         <v>2.12</v>
       </c>
       <c r="E352">
         <v>2.02</v>
       </c>
       <c r="F352">
         <v>2.19</v>
       </c>
       <c r="G352">
         <v>2.05</v>
       </c>
       <c r="H352">
         <v>1.1</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>358</v>
       </c>
       <c r="B353"/>
       <c r="C353">
-        <v>2.22</v>
+        <v>2.19</v>
       </c>
       <c r="D353">
-        <v>2.14</v>
+        <v>2.12</v>
       </c>
       <c r="E353">
-        <v>2.04</v>
+        <v>2.02</v>
       </c>
       <c r="F353">
-        <v>2.23</v>
+        <v>2.19</v>
       </c>
       <c r="G353">
-        <v>2.07</v>
+        <v>2.05</v>
       </c>
       <c r="H353">
         <v>1.1</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>359</v>
       </c>
       <c r="B354"/>
       <c r="C354">
         <v>2.22</v>
       </c>
       <c r="D354">
         <v>2.14</v>
       </c>
       <c r="E354">
         <v>2.04</v>
       </c>
       <c r="F354">
         <v>2.23</v>
       </c>
       <c r="G354">
         <v>2.07</v>
       </c>
@@ -13002,159 +13007,159 @@
       <c r="C376">
         <v>2.22</v>
       </c>
       <c r="D376">
         <v>2.14</v>
       </c>
       <c r="E376">
         <v>2.04</v>
       </c>
       <c r="F376">
         <v>2.23</v>
       </c>
       <c r="G376">
         <v>2.07</v>
       </c>
       <c r="H376">
         <v>1.1</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>382</v>
       </c>
       <c r="B377"/>
       <c r="C377">
-        <v>2.25</v>
+        <v>2.22</v>
       </c>
       <c r="D377">
-        <v>2.17</v>
+        <v>2.14</v>
       </c>
       <c r="E377">
-        <v>2.07</v>
+        <v>2.04</v>
       </c>
       <c r="F377">
         <v>2.23</v>
       </c>
       <c r="G377">
         <v>2.07</v>
       </c>
       <c r="H377">
         <v>1.1</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>383</v>
       </c>
       <c r="B378"/>
       <c r="C378">
         <v>2.25</v>
       </c>
       <c r="D378">
         <v>2.17</v>
       </c>
       <c r="E378">
         <v>2.07</v>
       </c>
       <c r="F378">
         <v>2.23</v>
       </c>
       <c r="G378">
         <v>2.07</v>
       </c>
       <c r="H378">
         <v>1.1</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>384</v>
       </c>
       <c r="B379"/>
       <c r="C379">
         <v>2.25</v>
       </c>
       <c r="D379">
         <v>2.17</v>
       </c>
       <c r="E379">
         <v>2.07</v>
       </c>
       <c r="F379">
-        <v>2.19</v>
+        <v>2.23</v>
       </c>
       <c r="G379">
         <v>2.07</v>
       </c>
       <c r="H379">
         <v>1.1</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>385</v>
       </c>
       <c r="B380"/>
       <c r="C380">
         <v>2.25</v>
       </c>
       <c r="D380">
         <v>2.17</v>
       </c>
       <c r="E380">
         <v>2.07</v>
       </c>
       <c r="F380">
         <v>2.19</v>
       </c>
       <c r="G380">
         <v>2.07</v>
       </c>
       <c r="H380">
         <v>1.1</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>386</v>
       </c>
       <c r="B381"/>
       <c r="C381">
         <v>2.25</v>
       </c>
       <c r="D381">
         <v>2.17</v>
       </c>
       <c r="E381">
         <v>2.07</v>
       </c>
       <c r="F381">
         <v>2.19</v>
       </c>
       <c r="G381">
-        <v>2.1</v>
+        <v>2.07</v>
       </c>
       <c r="H381">
         <v>1.1</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>387</v>
       </c>
       <c r="B382"/>
       <c r="C382">
         <v>2.25</v>
       </c>
       <c r="D382">
         <v>2.17</v>
       </c>
       <c r="E382">
         <v>2.07</v>
       </c>
       <c r="F382">
         <v>2.19</v>
       </c>
       <c r="G382">
         <v>2.1</v>
       </c>
@@ -13530,63 +13535,63 @@
       <c r="C398">
         <v>2.25</v>
       </c>
       <c r="D398">
         <v>2.17</v>
       </c>
       <c r="E398">
         <v>2.07</v>
       </c>
       <c r="F398">
         <v>2.19</v>
       </c>
       <c r="G398">
         <v>2.1</v>
       </c>
       <c r="H398">
         <v>1.1</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>404</v>
       </c>
       <c r="B399"/>
       <c r="C399">
-        <v>2.29</v>
+        <v>2.25</v>
       </c>
       <c r="D399">
-        <v>2.2</v>
+        <v>2.17</v>
       </c>
       <c r="E399">
-        <v>2.12</v>
+        <v>2.07</v>
       </c>
       <c r="F399">
-        <v>2.25</v>
+        <v>2.19</v>
       </c>
       <c r="G399">
-        <v>2.13</v>
+        <v>2.1</v>
       </c>
       <c r="H399">
         <v>1.1</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>405</v>
       </c>
       <c r="B400"/>
       <c r="C400">
         <v>2.29</v>
       </c>
       <c r="D400">
         <v>2.2</v>
       </c>
       <c r="E400">
         <v>2.12</v>
       </c>
       <c r="F400">
         <v>2.25</v>
       </c>
       <c r="G400">
         <v>2.13</v>
       </c>
@@ -14427,54 +14432,54 @@
       <c r="F435">
         <v>2.25</v>
       </c>
       <c r="G435">
         <v>2.13</v>
       </c>
       <c r="H435">
         <v>1.1</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>441</v>
       </c>
       <c r="B436"/>
       <c r="C436">
         <v>2.29</v>
       </c>
       <c r="D436">
         <v>2.2</v>
       </c>
       <c r="E436">
         <v>2.12</v>
       </c>
       <c r="F436">
-        <v>2.28</v>
+        <v>2.25</v>
       </c>
       <c r="G436">
-        <v>2.16</v>
+        <v>2.13</v>
       </c>
       <c r="H436">
         <v>1.1</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>442</v>
       </c>
       <c r="B437"/>
       <c r="C437">
         <v>2.29</v>
       </c>
       <c r="D437">
         <v>2.2</v>
       </c>
       <c r="E437">
         <v>2.12</v>
       </c>
       <c r="F437">
         <v>2.28</v>
       </c>
       <c r="G437">
         <v>2.16</v>
       </c>
@@ -14658,57 +14663,57 @@
       <c r="C445">
         <v>2.29</v>
       </c>
       <c r="D445">
         <v>2.2</v>
       </c>
       <c r="E445">
         <v>2.12</v>
       </c>
       <c r="F445">
         <v>2.28</v>
       </c>
       <c r="G445">
         <v>2.16</v>
       </c>
       <c r="H445">
         <v>1.1</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>451</v>
       </c>
       <c r="B446"/>
       <c r="C446">
-        <v>2.32</v>
+        <v>2.29</v>
       </c>
       <c r="D446">
-        <v>2.23</v>
+        <v>2.2</v>
       </c>
       <c r="E446">
-        <v>2.15</v>
+        <v>2.12</v>
       </c>
       <c r="F446">
         <v>2.28</v>
       </c>
       <c r="G446">
         <v>2.16</v>
       </c>
       <c r="H446">
         <v>1.1</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>452</v>
       </c>
       <c r="B447"/>
       <c r="C447">
         <v>2.32</v>
       </c>
       <c r="D447">
         <v>2.23</v>
       </c>
       <c r="E447">
         <v>2.15</v>
       </c>
@@ -14841,51 +14846,51 @@
       <c r="H452">
         <v>1.1</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>458</v>
       </c>
       <c r="B453"/>
       <c r="C453">
         <v>2.32</v>
       </c>
       <c r="D453">
         <v>2.23</v>
       </c>
       <c r="E453">
         <v>2.15</v>
       </c>
       <c r="F453">
         <v>2.28</v>
       </c>
       <c r="G453">
         <v>2.16</v>
       </c>
       <c r="H453">
-        <v>1.05</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>459</v>
       </c>
       <c r="B454"/>
       <c r="C454">
         <v>2.32</v>
       </c>
       <c r="D454">
         <v>2.23</v>
       </c>
       <c r="E454">
         <v>2.15</v>
       </c>
       <c r="F454">
         <v>2.28</v>
       </c>
       <c r="G454">
         <v>2.16</v>
       </c>
       <c r="H454">
         <v>1.05</v>
       </c>
@@ -15162,63 +15167,63 @@
       <c r="C466">
         <v>2.32</v>
       </c>
       <c r="D466">
         <v>2.23</v>
       </c>
       <c r="E466">
         <v>2.15</v>
       </c>
       <c r="F466">
         <v>2.28</v>
       </c>
       <c r="G466">
         <v>2.16</v>
       </c>
       <c r="H466">
         <v>1.05</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>472</v>
       </c>
       <c r="B467"/>
       <c r="C467">
-        <v>2.29</v>
+        <v>2.32</v>
       </c>
       <c r="D467">
-        <v>2.19</v>
+        <v>2.23</v>
       </c>
       <c r="E467">
-        <v>2.12</v>
+        <v>2.15</v>
       </c>
       <c r="F467">
-        <v>2.26</v>
+        <v>2.28</v>
       </c>
       <c r="G467">
-        <v>2.14</v>
+        <v>2.16</v>
       </c>
       <c r="H467">
         <v>1.05</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>473</v>
       </c>
       <c r="B468"/>
       <c r="C468">
         <v>2.29</v>
       </c>
       <c r="D468">
         <v>2.19</v>
       </c>
       <c r="E468">
         <v>2.12</v>
       </c>
       <c r="F468">
         <v>2.26</v>
       </c>
       <c r="G468">
         <v>2.14</v>
       </c>
@@ -15402,123 +15407,123 @@
       <c r="C476">
         <v>2.29</v>
       </c>
       <c r="D476">
         <v>2.19</v>
       </c>
       <c r="E476">
         <v>2.12</v>
       </c>
       <c r="F476">
         <v>2.26</v>
       </c>
       <c r="G476">
         <v>2.14</v>
       </c>
       <c r="H476">
         <v>1.05</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>482</v>
       </c>
       <c r="B477"/>
       <c r="C477">
-        <v>2.32</v>
+        <v>2.29</v>
       </c>
       <c r="D477">
-        <v>2.22</v>
+        <v>2.19</v>
       </c>
       <c r="E477">
+        <v>2.12</v>
+      </c>
+      <c r="F477">
+        <v>2.26</v>
+      </c>
+      <c r="G477">
         <v>2.14</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.16</v>
       </c>
       <c r="H477">
         <v>1.05</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>483</v>
       </c>
       <c r="B478"/>
       <c r="C478">
         <v>2.32</v>
       </c>
       <c r="D478">
         <v>2.22</v>
       </c>
       <c r="E478">
         <v>2.14</v>
       </c>
       <c r="F478">
         <v>2.28</v>
       </c>
       <c r="G478">
         <v>2.16</v>
       </c>
       <c r="H478">
         <v>1.05</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>484</v>
       </c>
       <c r="B479"/>
       <c r="C479">
         <v>2.32</v>
       </c>
       <c r="D479">
         <v>2.22</v>
       </c>
       <c r="E479">
         <v>2.14</v>
       </c>
       <c r="F479">
         <v>2.28</v>
       </c>
       <c r="G479">
-        <v>2.14</v>
+        <v>2.16</v>
       </c>
       <c r="H479">
         <v>1.05</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>485</v>
       </c>
       <c r="B480"/>
       <c r="C480">
-        <v>2.29</v>
+        <v>2.32</v>
       </c>
       <c r="D480">
         <v>2.22</v>
       </c>
       <c r="E480">
         <v>2.14</v>
       </c>
       <c r="F480">
         <v>2.28</v>
       </c>
       <c r="G480">
         <v>2.14</v>
       </c>
       <c r="H480">
         <v>1.05</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>486</v>
       </c>
       <c r="B481"/>
       <c r="C481">
         <v>2.29</v>
       </c>
@@ -15573,54 +15578,54 @@
       <c r="D483">
         <v>2.22</v>
       </c>
       <c r="E483">
         <v>2.14</v>
       </c>
       <c r="F483">
         <v>2.28</v>
       </c>
       <c r="G483">
         <v>2.14</v>
       </c>
       <c r="H483">
         <v>1.05</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>489</v>
       </c>
       <c r="B484"/>
       <c r="C484">
         <v>2.29</v>
       </c>
       <c r="D484">
-        <v>2.2</v>
+        <v>2.22</v>
       </c>
       <c r="E484">
-        <v>2.12</v>
+        <v>2.14</v>
       </c>
       <c r="F484">
         <v>2.28</v>
       </c>
       <c r="G484">
         <v>2.14</v>
       </c>
       <c r="H484">
         <v>1.05</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>490</v>
       </c>
       <c r="B485"/>
       <c r="C485">
         <v>2.29</v>
       </c>
       <c r="D485">
         <v>2.2</v>
       </c>
       <c r="E485">
         <v>2.12</v>
       </c>
@@ -15690,63 +15695,63 @@
       <c r="C488">
         <v>2.29</v>
       </c>
       <c r="D488">
         <v>2.2</v>
       </c>
       <c r="E488">
         <v>2.12</v>
       </c>
       <c r="F488">
         <v>2.28</v>
       </c>
       <c r="G488">
         <v>2.14</v>
       </c>
       <c r="H488">
         <v>1.05</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>494</v>
       </c>
       <c r="B489"/>
       <c r="C489">
-        <v>2.27</v>
+        <v>2.29</v>
       </c>
       <c r="D489">
-        <v>2.18</v>
+        <v>2.2</v>
       </c>
       <c r="E489">
-        <v>2.1</v>
+        <v>2.12</v>
       </c>
       <c r="F489">
-        <v>2.26</v>
+        <v>2.28</v>
       </c>
       <c r="G489">
-        <v>2.12</v>
+        <v>2.14</v>
       </c>
       <c r="H489">
         <v>1.05</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>495</v>
       </c>
       <c r="B490"/>
       <c r="C490">
         <v>2.27</v>
       </c>
       <c r="D490">
         <v>2.18</v>
       </c>
       <c r="E490">
         <v>2.1</v>
       </c>
       <c r="F490">
         <v>2.26</v>
       </c>
       <c r="G490">
         <v>2.12</v>
       </c>
@@ -15762,63 +15767,63 @@
       <c r="C491">
         <v>2.27</v>
       </c>
       <c r="D491">
         <v>2.18</v>
       </c>
       <c r="E491">
         <v>2.1</v>
       </c>
       <c r="F491">
         <v>2.26</v>
       </c>
       <c r="G491">
         <v>2.12</v>
       </c>
       <c r="H491">
         <v>1.05</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>497</v>
       </c>
       <c r="B492"/>
       <c r="C492">
-        <v>2.22</v>
+        <v>2.27</v>
       </c>
       <c r="D492">
-        <v>2.15</v>
+        <v>2.18</v>
       </c>
       <c r="E492">
         <v>2.1</v>
       </c>
       <c r="F492">
         <v>2.26</v>
       </c>
       <c r="G492">
-        <v>2.11</v>
+        <v>2.12</v>
       </c>
       <c r="H492">
         <v>1.05</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>498</v>
       </c>
       <c r="B493"/>
       <c r="C493">
         <v>2.22</v>
       </c>
       <c r="D493">
         <v>2.15</v>
       </c>
       <c r="E493">
         <v>2.1</v>
       </c>
       <c r="F493">
         <v>2.26</v>
       </c>
       <c r="G493">
         <v>2.11</v>
       </c>
@@ -16182,51 +16187,51 @@
       <c r="G508">
         <v>2.11</v>
       </c>
       <c r="H508">
         <v>1.05</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>514</v>
       </c>
       <c r="B509"/>
       <c r="C509">
         <v>2.22</v>
       </c>
       <c r="D509">
         <v>2.15</v>
       </c>
       <c r="E509">
         <v>2.1</v>
       </c>
       <c r="F509">
         <v>2.26</v>
       </c>
       <c r="G509">
-        <v>2.09</v>
+        <v>2.11</v>
       </c>
       <c r="H509">
         <v>1.05</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>515</v>
       </c>
       <c r="B510"/>
       <c r="C510">
         <v>2.22</v>
       </c>
       <c r="D510">
         <v>2.15</v>
       </c>
       <c r="E510">
         <v>2.1</v>
       </c>
       <c r="F510">
         <v>2.26</v>
       </c>
       <c r="G510">
         <v>2.09</v>
       </c>
@@ -16245,54 +16250,54 @@
       <c r="D511">
         <v>2.15</v>
       </c>
       <c r="E511">
         <v>2.1</v>
       </c>
       <c r="F511">
         <v>2.26</v>
       </c>
       <c r="G511">
         <v>2.09</v>
       </c>
       <c r="H511">
         <v>1.05</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>517</v>
       </c>
       <c r="B512"/>
       <c r="C512">
         <v>2.22</v>
       </c>
       <c r="D512">
-        <v>2.13</v>
+        <v>2.15</v>
       </c>
       <c r="E512">
-        <v>2.08</v>
+        <v>2.1</v>
       </c>
       <c r="F512">
         <v>2.26</v>
       </c>
       <c r="G512">
         <v>2.09</v>
       </c>
       <c r="H512">
         <v>1.05</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>518</v>
       </c>
       <c r="B513"/>
       <c r="C513">
         <v>2.22</v>
       </c>
       <c r="D513">
         <v>2.13</v>
       </c>
       <c r="E513">
         <v>2.08</v>
       </c>
@@ -16893,108 +16898,108 @@
       <c r="D538">
         <v>2.13</v>
       </c>
       <c r="E538">
         <v>2.08</v>
       </c>
       <c r="F538">
         <v>2.26</v>
       </c>
       <c r="G538">
         <v>2.09</v>
       </c>
       <c r="H538">
         <v>1.05</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>544</v>
       </c>
       <c r="B539"/>
       <c r="C539">
         <v>2.22</v>
       </c>
       <c r="D539">
-        <v>2.1</v>
+        <v>2.13</v>
       </c>
       <c r="E539">
-        <v>2.05</v>
+        <v>2.08</v>
       </c>
       <c r="F539">
-        <v>2.23</v>
+        <v>2.26</v>
       </c>
       <c r="G539">
         <v>2.09</v>
       </c>
       <c r="H539">
         <v>1.05</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>545</v>
       </c>
       <c r="B540"/>
       <c r="C540">
         <v>2.22</v>
       </c>
       <c r="D540">
         <v>2.1</v>
       </c>
       <c r="E540">
         <v>2.05</v>
       </c>
       <c r="F540">
         <v>2.23</v>
       </c>
       <c r="G540">
         <v>2.09</v>
       </c>
       <c r="H540">
         <v>1.05</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>546</v>
       </c>
       <c r="B541"/>
       <c r="C541">
         <v>2.22</v>
       </c>
       <c r="D541">
         <v>2.1</v>
       </c>
       <c r="E541">
         <v>2.05</v>
       </c>
       <c r="F541">
         <v>2.23</v>
       </c>
       <c r="G541">
-        <v>2.07</v>
+        <v>2.09</v>
       </c>
       <c r="H541">
         <v>1.05</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>547</v>
       </c>
       <c r="B542"/>
       <c r="C542">
         <v>2.22</v>
       </c>
       <c r="D542">
         <v>2.1</v>
       </c>
       <c r="E542">
         <v>2.05</v>
       </c>
       <c r="F542">
         <v>2.23</v>
       </c>
       <c r="G542">
         <v>2.07</v>
       </c>
@@ -17520,57 +17525,57 @@
       <c r="E564">
         <v>2.05</v>
       </c>
       <c r="F564">
         <v>2.23</v>
       </c>
       <c r="G564">
         <v>2.07</v>
       </c>
       <c r="H564">
         <v>1.05</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>570</v>
       </c>
       <c r="B565"/>
       <c r="C565">
         <v>2.22</v>
       </c>
       <c r="D565">
         <v>2.1</v>
       </c>
       <c r="E565">
-        <v>2.02</v>
+        <v>2.05</v>
       </c>
       <c r="F565">
         <v>2.23</v>
       </c>
       <c r="G565">
-        <v>2.04</v>
+        <v>2.07</v>
       </c>
       <c r="H565">
         <v>1.05</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>571</v>
       </c>
       <c r="B566"/>
       <c r="C566">
         <v>2.22</v>
       </c>
       <c r="D566">
         <v>2.1</v>
       </c>
       <c r="E566">
         <v>2.02</v>
       </c>
       <c r="F566">
         <v>2.23</v>
       </c>
       <c r="G566">
         <v>2.04</v>
       </c>
@@ -19266,60 +19271,60 @@
       <c r="C637">
         <v>2.22</v>
       </c>
       <c r="D637">
         <v>2.1</v>
       </c>
       <c r="E637">
         <v>2.02</v>
       </c>
       <c r="F637">
         <v>2.23</v>
       </c>
       <c r="G637">
         <v>2.04</v>
       </c>
       <c r="H637">
         <v>1.05</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>643</v>
       </c>
       <c r="B638"/>
       <c r="C638">
-        <v>2.24</v>
+        <v>2.22</v>
       </c>
       <c r="D638">
         <v>2.1</v>
       </c>
       <c r="E638">
         <v>2.02</v>
       </c>
       <c r="F638">
-        <v>2.25</v>
+        <v>2.23</v>
       </c>
       <c r="G638">
         <v>2.04</v>
       </c>
       <c r="H638">
         <v>1.05</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
         <v>644</v>
       </c>
       <c r="B639"/>
       <c r="C639">
         <v>2.24</v>
       </c>
       <c r="D639">
         <v>2.1</v>
       </c>
       <c r="E639">
         <v>2.02</v>
       </c>
       <c r="F639">
         <v>2.25</v>
       </c>
@@ -19992,57 +19997,57 @@
       <c r="E667">
         <v>2.02</v>
       </c>
       <c r="F667">
         <v>2.25</v>
       </c>
       <c r="G667">
         <v>2.04</v>
       </c>
       <c r="H667">
         <v>1.05</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>673</v>
       </c>
       <c r="B668"/>
       <c r="C668">
         <v>2.24</v>
       </c>
       <c r="D668">
         <v>2.1</v>
       </c>
       <c r="E668">
-        <v>2.07</v>
+        <v>2.02</v>
       </c>
       <c r="F668">
         <v>2.25</v>
       </c>
       <c r="G668">
-        <v>2.09</v>
+        <v>2.04</v>
       </c>
       <c r="H668">
         <v>1.05</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>674</v>
       </c>
       <c r="B669"/>
       <c r="C669">
         <v>2.24</v>
       </c>
       <c r="D669">
         <v>2.1</v>
       </c>
       <c r="E669">
         <v>2.07</v>
       </c>
       <c r="F669">
         <v>2.25</v>
       </c>
       <c r="G669">
         <v>2.09</v>
       </c>
@@ -20250,63 +20255,63 @@
       <c r="C678">
         <v>2.24</v>
       </c>
       <c r="D678">
         <v>2.1</v>
       </c>
       <c r="E678">
         <v>2.07</v>
       </c>
       <c r="F678">
         <v>2.25</v>
       </c>
       <c r="G678">
         <v>2.09</v>
       </c>
       <c r="H678">
         <v>1.05</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>684</v>
       </c>
       <c r="B679"/>
       <c r="C679">
-        <v>2.19</v>
+        <v>2.24</v>
       </c>
       <c r="D679">
-        <v>2.05</v>
+        <v>2.1</v>
       </c>
       <c r="E679">
-        <v>2.02</v>
+        <v>2.07</v>
       </c>
       <c r="F679">
-        <v>2.17</v>
+        <v>2.25</v>
       </c>
       <c r="G679">
-        <v>2.05</v>
+        <v>2.09</v>
       </c>
       <c r="H679">
         <v>1.05</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>685</v>
       </c>
       <c r="B680"/>
       <c r="C680">
         <v>2.19</v>
       </c>
       <c r="D680">
         <v>2.05</v>
       </c>
       <c r="E680">
         <v>2.02</v>
       </c>
       <c r="F680">
         <v>2.17</v>
       </c>
       <c r="G680">
         <v>2.05</v>
       </c>
@@ -20442,111 +20447,111 @@
       <c r="C686">
         <v>2.19</v>
       </c>
       <c r="D686">
         <v>2.05</v>
       </c>
       <c r="E686">
         <v>2.02</v>
       </c>
       <c r="F686">
         <v>2.17</v>
       </c>
       <c r="G686">
         <v>2.05</v>
       </c>
       <c r="H686">
         <v>1.05</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>692</v>
       </c>
       <c r="B687"/>
       <c r="C687">
-        <v>2.17</v>
+        <v>2.19</v>
       </c>
       <c r="D687">
         <v>2.05</v>
       </c>
       <c r="E687">
         <v>2.02</v>
       </c>
       <c r="F687">
         <v>2.17</v>
       </c>
       <c r="G687">
         <v>2.05</v>
       </c>
       <c r="H687">
         <v>1.05</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
         <v>693</v>
       </c>
       <c r="B688"/>
       <c r="C688">
         <v>2.17</v>
       </c>
       <c r="D688">
-        <v>2.01</v>
+        <v>2.05</v>
       </c>
       <c r="E688">
-        <v>1.99</v>
+        <v>2.02</v>
       </c>
       <c r="F688">
         <v>2.17</v>
       </c>
       <c r="G688">
         <v>2.05</v>
       </c>
       <c r="H688">
         <v>1.05</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
         <v>694</v>
       </c>
       <c r="B689"/>
       <c r="C689">
         <v>2.17</v>
       </c>
       <c r="D689">
         <v>2.01</v>
       </c>
       <c r="E689">
         <v>1.99</v>
       </c>
       <c r="F689">
         <v>2.17</v>
       </c>
       <c r="G689">
-        <v>2.03</v>
+        <v>2.05</v>
       </c>
       <c r="H689">
         <v>1.05</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>695</v>
       </c>
       <c r="B690"/>
       <c r="C690">
         <v>2.17</v>
       </c>
       <c r="D690">
         <v>2.01</v>
       </c>
       <c r="E690">
         <v>1.99</v>
       </c>
       <c r="F690">
         <v>2.17</v>
       </c>
       <c r="G690">
         <v>2.03</v>
       </c>
@@ -20766,51 +20771,51 @@
       <c r="G699">
         <v>2.03</v>
       </c>
       <c r="H699">
         <v>1.05</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>705</v>
       </c>
       <c r="B700"/>
       <c r="C700">
         <v>2.17</v>
       </c>
       <c r="D700">
         <v>2.01</v>
       </c>
       <c r="E700">
         <v>1.99</v>
       </c>
       <c r="F700">
         <v>2.17</v>
       </c>
       <c r="G700">
-        <v>2.02</v>
+        <v>2.03</v>
       </c>
       <c r="H700">
         <v>1.05</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
         <v>706</v>
       </c>
       <c r="B701"/>
       <c r="C701">
         <v>2.17</v>
       </c>
       <c r="D701">
         <v>2.01</v>
       </c>
       <c r="E701">
         <v>1.99</v>
       </c>
       <c r="F701">
         <v>2.17</v>
       </c>
       <c r="G701">
         <v>2.02</v>
       </c>
@@ -21006,51 +21011,51 @@
       <c r="G709">
         <v>2.02</v>
       </c>
       <c r="H709">
         <v>1.05</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>715</v>
       </c>
       <c r="B710"/>
       <c r="C710">
         <v>2.17</v>
       </c>
       <c r="D710">
         <v>2.01</v>
       </c>
       <c r="E710">
         <v>1.99</v>
       </c>
       <c r="F710">
         <v>2.17</v>
       </c>
       <c r="G710">
-        <v>1.99</v>
+        <v>2.02</v>
       </c>
       <c r="H710">
         <v>1.05</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>716</v>
       </c>
       <c r="B711"/>
       <c r="C711">
         <v>2.17</v>
       </c>
       <c r="D711">
         <v>2.01</v>
       </c>
       <c r="E711">
         <v>1.99</v>
       </c>
       <c r="F711">
         <v>2.17</v>
       </c>
       <c r="G711">
         <v>1.99</v>
       </c>
@@ -21714,51 +21719,51 @@
       <c r="C739">
         <v>2.17</v>
       </c>
       <c r="D739">
         <v>2.01</v>
       </c>
       <c r="E739">
         <v>1.99</v>
       </c>
       <c r="F739">
         <v>2.17</v>
       </c>
       <c r="G739">
         <v>1.99</v>
       </c>
       <c r="H739">
         <v>1.05</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
         <v>745</v>
       </c>
       <c r="B740"/>
       <c r="C740">
-        <v>2.15</v>
+        <v>2.17</v>
       </c>
       <c r="D740">
         <v>2.01</v>
       </c>
       <c r="E740">
         <v>1.99</v>
       </c>
       <c r="F740">
         <v>2.17</v>
       </c>
       <c r="G740">
         <v>1.99</v>
       </c>
       <c r="H740">
         <v>1.05</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
         <v>746</v>
       </c>
       <c r="B741"/>
       <c r="C741">
         <v>2.15</v>
       </c>
@@ -22218,63 +22223,63 @@
       <c r="C760">
         <v>2.15</v>
       </c>
       <c r="D760">
         <v>2.01</v>
       </c>
       <c r="E760">
         <v>1.99</v>
       </c>
       <c r="F760">
         <v>2.17</v>
       </c>
       <c r="G760">
         <v>1.99</v>
       </c>
       <c r="H760">
         <v>1.05</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
         <v>766</v>
       </c>
       <c r="B761"/>
       <c r="C761">
-        <v>2.17</v>
+        <v>2.15</v>
       </c>
       <c r="D761">
-        <v>2.07</v>
+        <v>2.01</v>
       </c>
       <c r="E761">
-        <v>2.05</v>
+        <v>1.99</v>
       </c>
       <c r="F761">
         <v>2.17</v>
       </c>
       <c r="G761">
-        <v>2</v>
+        <v>1.99</v>
       </c>
       <c r="H761">
         <v>1.05</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
         <v>767</v>
       </c>
       <c r="B762"/>
       <c r="C762">
         <v>2.17</v>
       </c>
       <c r="D762">
         <v>2.07</v>
       </c>
       <c r="E762">
         <v>2.05</v>
       </c>
       <c r="F762">
         <v>2.17</v>
       </c>
       <c r="G762">
         <v>2</v>
       </c>
@@ -22410,63 +22415,63 @@
       <c r="C768">
         <v>2.17</v>
       </c>
       <c r="D768">
         <v>2.07</v>
       </c>
       <c r="E768">
         <v>2.05</v>
       </c>
       <c r="F768">
         <v>2.17</v>
       </c>
       <c r="G768">
         <v>2</v>
       </c>
       <c r="H768">
         <v>1.05</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
         <v>774</v>
       </c>
       <c r="B769"/>
       <c r="C769">
-        <v>2.12</v>
+        <v>2.17</v>
       </c>
       <c r="D769">
-        <v>2.02</v>
+        <v>2.07</v>
       </c>
       <c r="E769">
+        <v>2.05</v>
+      </c>
+      <c r="F769">
+        <v>2.17</v>
+      </c>
+      <c r="G769">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.05</v>
       </c>
       <c r="H769">
         <v>1.05</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
         <v>775</v>
       </c>
       <c r="B770"/>
       <c r="C770">
         <v>2.12</v>
       </c>
       <c r="D770">
         <v>2.02</v>
       </c>
       <c r="E770">
         <v>2</v>
       </c>
       <c r="F770">
         <v>2.17</v>
       </c>
       <c r="G770">
         <v>2.05</v>
       </c>
@@ -23595,51 +23600,51 @@
       <c r="F817">
         <v>2.17</v>
       </c>
       <c r="G817">
         <v>2.05</v>
       </c>
       <c r="H817">
         <v>1.05</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
         <v>823</v>
       </c>
       <c r="B818"/>
       <c r="C818">
         <v>2.12</v>
       </c>
       <c r="D818">
         <v>2.02</v>
       </c>
       <c r="E818">
         <v>2</v>
       </c>
       <c r="F818">
-        <v>2.19</v>
+        <v>2.17</v>
       </c>
       <c r="G818">
         <v>2.05</v>
       </c>
       <c r="H818">
         <v>1.05</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
         <v>824</v>
       </c>
       <c r="B819"/>
       <c r="C819">
         <v>2.12</v>
       </c>
       <c r="D819">
         <v>2.02</v>
       </c>
       <c r="E819">
         <v>2</v>
       </c>
       <c r="F819">
         <v>2.19</v>
       </c>
@@ -23826,63 +23831,63 @@
       <c r="C827">
         <v>2.12</v>
       </c>
       <c r="D827">
         <v>2.02</v>
       </c>
       <c r="E827">
         <v>2</v>
       </c>
       <c r="F827">
         <v>2.19</v>
       </c>
       <c r="G827">
         <v>2.05</v>
       </c>
       <c r="H827">
         <v>1.05</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
         <v>833</v>
       </c>
       <c r="B828"/>
       <c r="C828">
-        <v>2.1</v>
+        <v>2.12</v>
       </c>
       <c r="D828">
-        <v>1.97</v>
+        <v>2.02</v>
       </c>
       <c r="E828">
-        <v>1.95</v>
+        <v>2</v>
       </c>
       <c r="F828">
-        <v>2.12</v>
+        <v>2.19</v>
       </c>
       <c r="G828">
-        <v>2</v>
+        <v>2.05</v>
       </c>
       <c r="H828">
         <v>1.05</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
         <v>834</v>
       </c>
       <c r="B829"/>
       <c r="C829">
         <v>2.1</v>
       </c>
       <c r="D829">
         <v>1.97</v>
       </c>
       <c r="E829">
         <v>1.95</v>
       </c>
       <c r="F829">
         <v>2.12</v>
       </c>
       <c r="G829">
         <v>2</v>
       </c>
@@ -25317,51 +25322,51 @@
       <c r="D889">
         <v>1.97</v>
       </c>
       <c r="E889">
         <v>1.95</v>
       </c>
       <c r="F889">
         <v>2.12</v>
       </c>
       <c r="G889">
         <v>2</v>
       </c>
       <c r="H889">
         <v>1.05</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
         <v>895</v>
       </c>
       <c r="B890"/>
       <c r="C890">
         <v>2.1</v>
       </c>
       <c r="D890">
-        <v>2</v>
+        <v>1.97</v>
       </c>
       <c r="E890">
         <v>1.95</v>
       </c>
       <c r="F890">
         <v>2.12</v>
       </c>
       <c r="G890">
         <v>2</v>
       </c>
       <c r="H890">
         <v>1.05</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
         <v>896</v>
       </c>
       <c r="B891"/>
       <c r="C891">
         <v>2.1</v>
       </c>
       <c r="D891">
         <v>2</v>
       </c>
@@ -25434,63 +25439,63 @@
       <c r="C894">
         <v>2.1</v>
       </c>
       <c r="D894">
         <v>2</v>
       </c>
       <c r="E894">
         <v>1.95</v>
       </c>
       <c r="F894">
         <v>2.12</v>
       </c>
       <c r="G894">
         <v>2</v>
       </c>
       <c r="H894">
         <v>1.05</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
         <v>900</v>
       </c>
       <c r="B895"/>
       <c r="C895">
-        <v>2.15</v>
+        <v>2.1</v>
       </c>
       <c r="D895">
-        <v>2.05</v>
+        <v>2</v>
       </c>
       <c r="E895">
+        <v>1.95</v>
+      </c>
+      <c r="F895">
+        <v>2.12</v>
+      </c>
+      <c r="G895">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.05</v>
       </c>
       <c r="H895">
         <v>1.05</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
         <v>901</v>
       </c>
       <c r="B896"/>
       <c r="C896">
         <v>2.15</v>
       </c>
       <c r="D896">
         <v>2.05</v>
       </c>
       <c r="E896">
         <v>2</v>
       </c>
       <c r="F896">
         <v>2.19</v>
       </c>
       <c r="G896">
         <v>2.05</v>
       </c>
@@ -26130,63 +26135,63 @@
       <c r="C923">
         <v>2.15</v>
       </c>
       <c r="D923">
         <v>2.05</v>
       </c>
       <c r="E923">
         <v>2</v>
       </c>
       <c r="F923">
         <v>2.19</v>
       </c>
       <c r="G923">
         <v>2.05</v>
       </c>
       <c r="H923">
         <v>1.05</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
         <v>929</v>
       </c>
       <c r="B924"/>
       <c r="C924">
-        <v>2.17</v>
+        <v>2.15</v>
       </c>
       <c r="D924">
-        <v>2.14</v>
+        <v>2.05</v>
       </c>
       <c r="E924">
-        <v>2.1</v>
+        <v>2</v>
       </c>
       <c r="F924">
         <v>2.19</v>
       </c>
       <c r="G924">
-        <v>2.1</v>
+        <v>2.05</v>
       </c>
       <c r="H924">
         <v>1.05</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
         <v>930</v>
       </c>
       <c r="B925"/>
       <c r="C925">
         <v>2.17</v>
       </c>
       <c r="D925">
         <v>2.14</v>
       </c>
       <c r="E925">
         <v>2.1</v>
       </c>
       <c r="F925">
         <v>2.19</v>
       </c>
       <c r="G925">
         <v>2.1</v>
       </c>
@@ -26307,51 +26312,51 @@
       <c r="F930">
         <v>2.19</v>
       </c>
       <c r="G930">
         <v>2.1</v>
       </c>
       <c r="H930">
         <v>1.05</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
         <v>936</v>
       </c>
       <c r="B931"/>
       <c r="C931">
         <v>2.17</v>
       </c>
       <c r="D931">
         <v>2.14</v>
       </c>
       <c r="E931">
         <v>2.1</v>
       </c>
       <c r="F931">
-        <v>2.26</v>
+        <v>2.19</v>
       </c>
       <c r="G931">
         <v>2.1</v>
       </c>
       <c r="H931">
         <v>1.05</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
         <v>937</v>
       </c>
       <c r="B932"/>
       <c r="C932">
         <v>2.17</v>
       </c>
       <c r="D932">
         <v>2.14</v>
       </c>
       <c r="E932">
         <v>2.1</v>
       </c>
       <c r="F932">
         <v>2.26</v>
       </c>
@@ -26433,51 +26438,51 @@
       <c r="H935">
         <v>1.05</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
         <v>941</v>
       </c>
       <c r="B936"/>
       <c r="C936">
         <v>2.17</v>
       </c>
       <c r="D936">
         <v>2.14</v>
       </c>
       <c r="E936">
         <v>2.1</v>
       </c>
       <c r="F936">
         <v>2.26</v>
       </c>
       <c r="G936">
         <v>2.1</v>
       </c>
       <c r="H936">
-        <v>1.1</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
         <v>942</v>
       </c>
       <c r="B937"/>
       <c r="C937">
         <v>2.17</v>
       </c>
       <c r="D937">
         <v>2.14</v>
       </c>
       <c r="E937">
         <v>2.1</v>
       </c>
       <c r="F937">
         <v>2.26</v>
       </c>
       <c r="G937">
         <v>2.1</v>
       </c>
       <c r="H937">
         <v>1.1</v>
       </c>
@@ -27453,60 +27458,60 @@
       <c r="D978">
         <v>2.14</v>
       </c>
       <c r="E978">
         <v>2.1</v>
       </c>
       <c r="F978">
         <v>2.26</v>
       </c>
       <c r="G978">
         <v>2.1</v>
       </c>
       <c r="H978">
         <v>1.1</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" t="s">
         <v>984</v>
       </c>
       <c r="B979"/>
       <c r="C979">
         <v>2.17</v>
       </c>
       <c r="D979">
-        <v>2.12</v>
+        <v>2.14</v>
       </c>
       <c r="E979">
         <v>2.1</v>
       </c>
       <c r="F979">
         <v>2.26</v>
       </c>
       <c r="G979">
-        <v>2.07</v>
+        <v>2.1</v>
       </c>
       <c r="H979">
         <v>1.1</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" t="s">
         <v>985</v>
       </c>
       <c r="B980"/>
       <c r="C980">
         <v>2.17</v>
       </c>
       <c r="D980">
         <v>2.12</v>
       </c>
       <c r="E980">
         <v>2.1</v>
       </c>
       <c r="F980">
         <v>2.26</v>
       </c>
       <c r="G980">
         <v>2.07</v>
       </c>
@@ -27573,60 +27578,60 @@
       <c r="D983">
         <v>2.12</v>
       </c>
       <c r="E983">
         <v>2.1</v>
       </c>
       <c r="F983">
         <v>2.26</v>
       </c>
       <c r="G983">
         <v>2.07</v>
       </c>
       <c r="H983">
         <v>1.1</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" t="s">
         <v>989</v>
       </c>
       <c r="B984"/>
       <c r="C984">
         <v>2.17</v>
       </c>
       <c r="D984">
-        <v>2.05</v>
+        <v>2.12</v>
       </c>
       <c r="E984">
-        <v>2.03</v>
+        <v>2.1</v>
       </c>
       <c r="F984">
         <v>2.26</v>
       </c>
       <c r="G984">
-        <v>2.02</v>
+        <v>2.07</v>
       </c>
       <c r="H984">
         <v>1.1</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" t="s">
         <v>990</v>
       </c>
       <c r="B985"/>
       <c r="C985">
         <v>2.17</v>
       </c>
       <c r="D985">
         <v>2.05</v>
       </c>
       <c r="E985">
         <v>2.03</v>
       </c>
       <c r="F985">
         <v>2.26</v>
       </c>
       <c r="G985">
         <v>2.02</v>
       </c>
@@ -28674,87 +28679,87 @@
       <c r="C1029">
         <v>2.17</v>
       </c>
       <c r="D1029">
         <v>2.05</v>
       </c>
       <c r="E1029">
         <v>2.03</v>
       </c>
       <c r="F1029">
         <v>2.26</v>
       </c>
       <c r="G1029">
         <v>2.02</v>
       </c>
       <c r="H1029">
         <v>1.1</v>
       </c>
     </row>
     <row r="1030" spans="1:8">
       <c r="A1030" t="s">
         <v>1035</v>
       </c>
       <c r="B1030"/>
       <c r="C1030">
-        <v>2.23</v>
+        <v>2.17</v>
       </c>
       <c r="D1030">
-        <v>2.09</v>
+        <v>2.05</v>
       </c>
       <c r="E1030">
-        <v>2.06</v>
+        <v>2.03</v>
       </c>
       <c r="F1030">
         <v>2.26</v>
       </c>
       <c r="G1030">
         <v>2.02</v>
       </c>
       <c r="H1030">
         <v>1.1</v>
       </c>
     </row>
     <row r="1031" spans="1:8">
       <c r="A1031" t="s">
         <v>1036</v>
       </c>
       <c r="B1031"/>
       <c r="C1031">
         <v>2.23</v>
       </c>
       <c r="D1031">
-        <v>2.13</v>
+        <v>2.09</v>
       </c>
       <c r="E1031">
-        <v>2.1</v>
+        <v>2.06</v>
       </c>
       <c r="F1031">
         <v>2.26</v>
       </c>
       <c r="G1031">
-        <v>2.08</v>
+        <v>2.02</v>
       </c>
       <c r="H1031">
         <v>1.1</v>
       </c>
     </row>
     <row r="1032" spans="1:8">
       <c r="A1032" t="s">
         <v>1037</v>
       </c>
       <c r="B1032"/>
       <c r="C1032">
         <v>2.23</v>
       </c>
       <c r="D1032">
         <v>2.13</v>
       </c>
       <c r="E1032">
         <v>2.1</v>
       </c>
       <c r="F1032">
         <v>2.26</v>
       </c>
       <c r="G1032">
         <v>2.08</v>
       </c>
@@ -29097,50 +29102,74 @@
       <c r="H1046">
         <v>1.1</v>
       </c>
     </row>
     <row r="1047" spans="1:8">
       <c r="A1047" t="s">
         <v>1052</v>
       </c>
       <c r="B1047"/>
       <c r="C1047">
         <v>2.23</v>
       </c>
       <c r="D1047">
         <v>2.13</v>
       </c>
       <c r="E1047">
         <v>2.1</v>
       </c>
       <c r="F1047">
         <v>2.26</v>
       </c>
       <c r="G1047">
         <v>2.08</v>
       </c>
       <c r="H1047">
+        <v>1.1</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:8">
+      <c r="A1048" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B1048"/>
+      <c r="C1048">
+        <v>2.23</v>
+      </c>
+      <c r="D1048">
+        <v>2.13</v>
+      </c>
+      <c r="E1048">
+        <v>2.1</v>
+      </c>
+      <c r="F1048">
+        <v>2.26</v>
+      </c>
+      <c r="G1048">
+        <v>2.08</v>
+      </c>
+      <c r="H1048">
         <v>1.1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>